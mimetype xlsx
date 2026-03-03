--- v0 (2025-10-10)
+++ v1 (2026-03-03)
@@ -1,87 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\soaf1031\cm_share\Draft\TMO-TSA\TONY\STAMP\Stamp Duty - Working\Pending\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6E075D3B-D3C8-45B8-AF47-C22483B44C1A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6F6ECAB4-D568-4171-A526-5BAAD33CC232}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="288" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$28:$F$330</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$28:$F$338</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3456" uniqueCount="1727">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1492" uniqueCount="757">
   <si>
     <t>證券類別</t>
   </si>
   <si>
     <t>1. 普通股及認股權證</t>
   </si>
   <si>
     <t>2. 優先股</t>
   </si>
   <si>
     <t>3. 結構性產品</t>
   </si>
   <si>
     <t xml:space="preserve">    A.  衍生權證</t>
   </si>
   <si>
     <t xml:space="preserve">    B.  股票掛鉤票據</t>
   </si>
   <si>
     <t xml:space="preserve">    C.  牛熊證</t>
   </si>
   <si>
     <t xml:space="preserve">    D.  界內證</t>
   </si>
   <si>
@@ -133,5158 +133,2248 @@
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>毋須繳納香港印花稅的證券〔包括GEM及非上市可交易股份〕</t>
   </si>
   <si>
     <t>Y</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">    C.  房地產投資信託基金</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
+    <t>恒指摩通八乙熊３</t>
+  </si>
+  <si>
+    <t>恒指摩通八乙熊７</t>
+  </si>
+  <si>
+    <t>恒指摩通八乙熊Ｎ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八九牛Ｎ</t>
+  </si>
+  <si>
+    <t>恒指法興八甲牛Ｒ</t>
+  </si>
+  <si>
+    <t>恒指法興八甲牛Ｓ</t>
+  </si>
+  <si>
+    <t>恒指法興八四熊Ｊ</t>
+  </si>
+  <si>
+    <t>恒指摩通八甲牛Ｂ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八乙牛Ｃ</t>
+  </si>
+  <si>
+    <t>騰訊摩通六八牛Ｋ</t>
+  </si>
+  <si>
+    <t>恒指中銀八九牛４</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八乙牛Ｇ</t>
+  </si>
+  <si>
+    <t>恒指法巴八七牛Ｇ</t>
+  </si>
+  <si>
+    <t>恒指法巴八七牛Ｚ</t>
+  </si>
+  <si>
+    <t>恒指法巴八七牛Ｕ</t>
+  </si>
+  <si>
+    <t>恒指摩通八甲牛２</t>
+  </si>
+  <si>
+    <t>恒指摩通八甲牛３</t>
+  </si>
+  <si>
+    <t>恒指摩通八甲牛４</t>
+  </si>
+  <si>
+    <t>恒指摩通八甲牛５</t>
+  </si>
+  <si>
+    <t>恒指摩通八甲牛７</t>
+  </si>
+  <si>
+    <t>恒指摩通八甲牛８</t>
+  </si>
+  <si>
+    <t>恒指摩通八甲牛９</t>
+  </si>
+  <si>
+    <t>恒指法興八十牛Ｅ</t>
+  </si>
+  <si>
+    <t>恒指法興八十牛Ｏ</t>
+  </si>
+  <si>
+    <t>恒指法興八十牛Ｂ</t>
+  </si>
+  <si>
+    <t>恒指法興八十牛Ｃ</t>
+  </si>
+  <si>
+    <t>恒指法興八三熊１</t>
+  </si>
+  <si>
+    <t>恒指法巴八七牛Ｗ</t>
+  </si>
+  <si>
+    <t>恒指法巴八七牛Ｘ</t>
+  </si>
+  <si>
+    <t>恒指摩利八十牛Ｅ</t>
+  </si>
+  <si>
+    <t>恒指摩利八十牛Ｇ</t>
+  </si>
+  <si>
+    <t>恒指摩通八甲熊Ｐ</t>
+  </si>
+  <si>
+    <t>恒指摩通八甲熊Ｗ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八乙牛Ｘ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八乙牛Ｙ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八乙牛Ｚ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八九牛Ｐ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八乙牛１</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八乙牛３</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八四熊４</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八甲熊Ｆ</t>
+  </si>
+  <si>
+    <t>恒指法興八十牛Ｇ</t>
+  </si>
+  <si>
+    <t>恒指法興八甲牛１</t>
+  </si>
+  <si>
+    <t>恒指法興八十牛Ｐ</t>
+  </si>
+  <si>
+    <t>恒指法興八四熊Ｇ</t>
+  </si>
+  <si>
+    <t>恒指法興八四熊Ｈ</t>
+  </si>
+  <si>
     <t>恒指法興八四熊Ｉ</t>
   </si>
   <si>
-    <t>恒指瑞銀八四熊Ｆ</t>
-[...53 lines deleted...]
-    <t>恒指瑞銀八四熊９</t>
+    <t>恒指法興八二熊Ｗ</t>
+  </si>
+  <si>
+    <t>恒指星展八十牛Ｓ</t>
+  </si>
+  <si>
+    <t>恒指摩通八乙熊Ｐ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八乙牛６</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八四熊Ｈ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八九牛６</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八四熊Ｐ</t>
+  </si>
+  <si>
+    <t>恒指法興八十牛９</t>
+  </si>
+  <si>
+    <t>恒指匯豐八四熊Ｘ</t>
+  </si>
+  <si>
+    <t>恒指中銀八九牛Ｈ</t>
+  </si>
+  <si>
+    <t>恒指中銀八九牛Ｉ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八四熊Ｒ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八四熊Ｗ</t>
+  </si>
+  <si>
+    <t>恒指法巴八七牛１</t>
+  </si>
+  <si>
+    <t>恒指匯豐八八牛２</t>
+  </si>
+  <si>
+    <t>恒指法興八九牛Ｅ</t>
+  </si>
+  <si>
+    <t>恒指摩通八乙牛８</t>
+  </si>
+  <si>
+    <t>恒指摩通八乙熊Ｑ</t>
+  </si>
+  <si>
+    <t>恒指摩通八甲熊Ｇ</t>
+  </si>
+  <si>
+    <t>恒指法興八四熊Ｏ</t>
+  </si>
+  <si>
+    <t>恒指中銀八九牛Ｊ</t>
+  </si>
+  <si>
+    <t>恒指中銀八九牛Ｋ</t>
+  </si>
+  <si>
+    <t>恒指匯豐八八牛３</t>
+  </si>
+  <si>
+    <t>恒指匯豐八二熊Ｉ</t>
+  </si>
+  <si>
+    <t>恒指匯豐八二熊Ｋ</t>
+  </si>
+  <si>
+    <t>恒指匯豐八二熊Ｍ</t>
+  </si>
+  <si>
+    <t>恒指匯豐八二熊Ｐ</t>
+  </si>
+  <si>
+    <t>恒指匯豐八八牛４</t>
+  </si>
+  <si>
+    <t>恒指匯豐八八牛６</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八甲熊１</t>
+  </si>
+  <si>
+    <t>恒指法興八甲牛Ｎ</t>
+  </si>
+  <si>
+    <t>恒指法興八四熊Ｑ</t>
+  </si>
+  <si>
+    <t>恒指法興八二熊Ｒ</t>
+  </si>
+  <si>
+    <t>恒指法興八二熊Ｖ</t>
+  </si>
+  <si>
+    <t>恒指摩通八甲熊Ｍ</t>
+  </si>
+  <si>
+    <t>恒指摩通八九牛Ｓ</t>
+  </si>
+  <si>
+    <t>恒指摩通八九牛Ｙ</t>
+  </si>
+  <si>
+    <t>恒指法興八九牛Ｊ</t>
+  </si>
+  <si>
+    <t>恒指法興八九牛Ｙ</t>
+  </si>
+  <si>
+    <t>恒指法興八三熊８</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八二熊Ｌ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八二熊Ｕ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八三熊８</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八二熊４</t>
+  </si>
+  <si>
+    <t>恒指匯豐八四熊６</t>
+  </si>
+  <si>
+    <t>恒指匯豐八四熊７</t>
+  </si>
+  <si>
+    <t>恒指匯豐八四熊９</t>
+  </si>
+  <si>
+    <t>恒指匯豐八四熊Ｂ</t>
+  </si>
+  <si>
+    <t>恒指中銀八九牛Ｕ</t>
+  </si>
+  <si>
+    <t>恒指摩通八乙熊９</t>
+  </si>
+  <si>
+    <t>恒指摩通八乙熊Ｅ</t>
+  </si>
+  <si>
+    <t>恒指摩通八乙牛Ｒ</t>
+  </si>
+  <si>
+    <t>恒指法興八三熊Ｐ</t>
+  </si>
+  <si>
+    <t>恒指法興八四熊Ｗ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八四熊Ｅ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八二熊Ａ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八四熊Ｊ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八九牛Ｅ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八九牛Ｓ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八四熊Ｘ</t>
+  </si>
+  <si>
+    <t>恒指中銀八九牛Ｙ</t>
+  </si>
+  <si>
+    <t>恒指中銀八九牛Ｚ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八二熊Ｙ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八二熊Ｘ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八甲牛Ｍ</t>
+  </si>
+  <si>
+    <t>恒指摩通八九牛Ｕ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八二熊Ｅ</t>
+  </si>
+  <si>
+    <t>恒指法巴八甲牛Ｇ</t>
+  </si>
+  <si>
+    <t>恒指法巴八甲牛Ｄ</t>
+  </si>
+  <si>
+    <t>恒指法巴八甲牛Ｍ</t>
+  </si>
+  <si>
+    <t>恒指法巴八三熊６</t>
+  </si>
+  <si>
+    <t>恒指法巴八三熊５</t>
+  </si>
+  <si>
+    <t>恒指法巴八三熊７</t>
+  </si>
+  <si>
+    <t>恒指匯豐八二熊Ｕ</t>
+  </si>
+  <si>
+    <t>恒指匯豐八二熊Ｖ</t>
+  </si>
+  <si>
+    <t>恒指匯豐八二熊Ｙ</t>
+  </si>
+  <si>
+    <t>恒指匯豐八二熊２</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八九牛Ｋ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八九牛Ｒ</t>
   </si>
   <si>
     <t>恒指法興八四熊Ｒ</t>
   </si>
   <si>
-    <t>恒指法興八三熊Ｎ</t>
-[...65 lines deleted...]
-    <t>恒指摩利八四熊８</t>
+    <t>恒指匯豐八二熊３</t>
+  </si>
+  <si>
+    <t>希迪智駕</t>
+  </si>
+  <si>
+    <t>日經摩利六九沽Ａ</t>
+  </si>
+  <si>
+    <t>日經摩利六九沽Ｂ</t>
+  </si>
+  <si>
+    <t>日經法興六九沽Ａ</t>
+  </si>
+  <si>
+    <t>匯豐花旗六七沽Ｂ</t>
+  </si>
+  <si>
+    <t>東氣麥銀七三購Ａ</t>
+  </si>
+  <si>
+    <t>建板麥銀六九購Ａ</t>
+  </si>
+  <si>
+    <t>遠能麥銀六九購Ａ</t>
+  </si>
+  <si>
+    <t>太科麥銀六九購Ａ</t>
+  </si>
+  <si>
+    <t>騰音麥銀六乙購Ａ</t>
+  </si>
+  <si>
+    <t>匯量麥銀六九購Ａ</t>
+  </si>
+  <si>
+    <t>里康摩通七四購Ａ</t>
+  </si>
+  <si>
+    <t>美圖摩通七一購Ａ</t>
+  </si>
+  <si>
+    <t>新地摩通六甲購Ａ</t>
+  </si>
+  <si>
+    <t>攜程法巴六七購Ｃ</t>
+  </si>
+  <si>
+    <t>紫金法巴六七購Ａ</t>
+  </si>
+  <si>
+    <t>恒瑞華泰七二購Ａ</t>
+  </si>
+  <si>
+    <t>恒地華泰七一購Ａ</t>
+  </si>
+  <si>
+    <t>騰訊華泰六八購Ｂ</t>
+  </si>
+  <si>
+    <t>京東華泰六九沽Ａ</t>
+  </si>
+  <si>
+    <t>小米摩利六七購Ｂ</t>
+  </si>
+  <si>
+    <t>中鐵中銀六九購Ｂ</t>
+  </si>
+  <si>
+    <t>小米中銀六九購Ｅ</t>
+  </si>
+  <si>
+    <t>濰柴中銀六九購Ａ</t>
+  </si>
+  <si>
+    <t>恒指國君六六購Ａ</t>
+  </si>
+  <si>
+    <t>遠能法興六九購Ａ</t>
+  </si>
+  <si>
+    <t>赤金法興六乙購Ａ</t>
+  </si>
+  <si>
+    <t>寧德匯豐六八沽Ａ</t>
+  </si>
+  <si>
+    <t>工行匯豐六九購Ａ</t>
+  </si>
+  <si>
+    <t>騰訊匯豐六八購Ｂ</t>
+  </si>
+  <si>
+    <t>國材匯豐七二購Ａ</t>
+  </si>
+  <si>
+    <t>攜程瑞銀六七購Ａ</t>
+  </si>
+  <si>
+    <t>信藥瑞銀六七購Ａ</t>
+  </si>
+  <si>
+    <t>寧德瑞銀六九沽Ａ</t>
+  </si>
+  <si>
+    <t>海螺信證六九購Ａ</t>
+  </si>
+  <si>
+    <t>洛鉬信證六七購Ａ</t>
+  </si>
+  <si>
+    <t>恒指星展八三熊Ｗ</t>
+  </si>
+  <si>
+    <t>恒指星展八三熊Ｄ</t>
+  </si>
+  <si>
+    <t>恒指星展八三熊Ｇ</t>
+  </si>
+  <si>
+    <t>恒指星展八十牛Ｋ</t>
+  </si>
+  <si>
+    <t>恒指星展八十牛Ｍ</t>
+  </si>
+  <si>
+    <t>匯豐法巴八五牛Ｋ</t>
+  </si>
+  <si>
+    <t>匯豐法巴八五牛Ｌ</t>
+  </si>
+  <si>
+    <t>小米法巴六甲牛Ａ</t>
+  </si>
+  <si>
+    <t>泡瑪法巴八六熊Ｚ</t>
+  </si>
+  <si>
+    <t>泡瑪法巴八六熊１</t>
+  </si>
+  <si>
+    <t>恒指中銀八四熊４</t>
+  </si>
+  <si>
+    <t>恒指中銀八四熊５</t>
+  </si>
+  <si>
+    <t>恒指中銀八四熊Ｈ</t>
+  </si>
+  <si>
+    <t>恒指摩利八三熊Ｈ</t>
+  </si>
+  <si>
+    <t>恒指摩利八四熊Ｔ</t>
+  </si>
+  <si>
+    <t>恒指摩利八乙牛Ｆ</t>
+  </si>
+  <si>
+    <t>恒指摩利八甲牛Ｃ</t>
+  </si>
+  <si>
+    <t>恒指國君八十牛３</t>
+  </si>
+  <si>
+    <t>恒指國君八十牛４</t>
+  </si>
+  <si>
+    <t>恒指國君八三熊５</t>
+  </si>
+  <si>
+    <t>恒指國君八三熊６</t>
+  </si>
+  <si>
+    <t>恒指花旗八五熊Ｃ</t>
+  </si>
+  <si>
+    <t>恒指花旗八三熊８</t>
+  </si>
+  <si>
+    <t>匯豐法興八三牛Ａ</t>
+  </si>
+  <si>
+    <t>恒指匯豐八十牛Ｌ</t>
+  </si>
+  <si>
+    <t>恒指匯豐八十牛Ｍ</t>
+  </si>
+  <si>
+    <t>恒指匯豐八十牛Ｏ</t>
+  </si>
+  <si>
+    <t>騰訊摩通六八牛Ｇ</t>
+  </si>
+  <si>
+    <t>恒指摩通八十熊Ｙ</t>
+  </si>
+  <si>
+    <t>恒指摩通八十熊５</t>
+  </si>
+  <si>
+    <t>匯豐摩通八八熊Ａ</t>
+  </si>
+  <si>
+    <t>泡瑪瑞銀八乙熊Ｊ</t>
+  </si>
+  <si>
+    <t>中壽瑞銀八五熊Ｇ</t>
+  </si>
+  <si>
+    <t>騰訊瑞銀六八牛Ｏ</t>
+  </si>
+  <si>
+    <t>阿里瑞銀六乙牛Ｆ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八乙熊Ａ</t>
+  </si>
+  <si>
+    <t>騰訊瑞銀六八牛Ｐ</t>
+  </si>
+  <si>
+    <t>華虹瑞銀六十牛Ａ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八八牛Ｖ</t>
+  </si>
+  <si>
+    <t>恒指信證八五熊Ｒ</t>
+  </si>
+  <si>
+    <t>恒指信證八五熊Ｕ</t>
+  </si>
+  <si>
+    <t>恒指信證八五熊Ｊ</t>
+  </si>
+  <si>
+    <t>恒指信證八甲牛Ｎ</t>
+  </si>
+  <si>
+    <t>恒指信證八四牛Ｓ</t>
+  </si>
+  <si>
+    <t>恒指信證八四牛３</t>
+  </si>
+  <si>
+    <t>萬嘉集團股權</t>
+  </si>
+  <si>
+    <t>摯達科技</t>
+  </si>
+  <si>
+    <t>日經摩通六九購Ａ</t>
+  </si>
+  <si>
+    <t>日經摩通六九購Ｂ</t>
+  </si>
+  <si>
+    <t>匯豐法興六九沽Ｃ</t>
+  </si>
+  <si>
+    <t>匯豐國君六九沽Ｃ</t>
+  </si>
+  <si>
+    <t>復醫摩通六八購Ａ</t>
+  </si>
+  <si>
+    <t>阿里瑞銀六九沽Ｂ</t>
+  </si>
+  <si>
+    <t>阿里瑞銀六八沽Ａ</t>
+  </si>
+  <si>
+    <t>新地瑞銀六甲購Ａ</t>
+  </si>
+  <si>
+    <t>洛鉬瑞銀六七購Ａ</t>
+  </si>
+  <si>
+    <t>渣打瑞銀六十購Ａ</t>
+  </si>
+  <si>
+    <t>京東中銀六九沽Ａ</t>
+  </si>
+  <si>
+    <t>中芯中銀六九沽Ｄ</t>
+  </si>
+  <si>
+    <t>騰訊中銀六八購Ｅ</t>
+  </si>
+  <si>
+    <t>寧德中銀六八沽Ａ</t>
+  </si>
+  <si>
+    <t>招行信證六七購Ａ</t>
+  </si>
+  <si>
+    <t>建行信證八乙購Ａ</t>
+  </si>
+  <si>
+    <t>港交國君六甲購Ａ</t>
+  </si>
+  <si>
+    <t>騰訊國君六八購Ｃ</t>
+  </si>
+  <si>
+    <t>匯豐國君六八購Ａ</t>
+  </si>
+  <si>
+    <t>中免摩利七二購Ａ</t>
+  </si>
+  <si>
+    <t>新地摩利六十購Ａ</t>
+  </si>
+  <si>
+    <t>工行法巴六九購Ａ</t>
+  </si>
+  <si>
+    <t>里康法巴七四購Ａ</t>
+  </si>
+  <si>
+    <t>玖龍花旗六乙購Ａ</t>
+  </si>
+  <si>
+    <t>吉利花旗六九購Ａ</t>
+  </si>
+  <si>
+    <t>攜程花旗六九購Ａ</t>
+  </si>
+  <si>
+    <t>京東花旗六乙購Ａ</t>
+  </si>
+  <si>
+    <t>寧德花旗六乙購Ｂ</t>
+  </si>
+  <si>
+    <t>東氣華泰七四購Ａ</t>
+  </si>
+  <si>
+    <t>高偉華泰七七購Ａ</t>
+  </si>
+  <si>
+    <t>中信華泰七三購Ａ</t>
+  </si>
+  <si>
+    <t>華能華泰七一購Ａ</t>
+  </si>
+  <si>
+    <t>中銀華泰六十購Ａ</t>
+  </si>
+  <si>
+    <t>南科華泰六甲購Ａ</t>
+  </si>
+  <si>
+    <t>華住麥銀六九購Ａ</t>
+  </si>
+  <si>
+    <t>東氣匯豐六乙購Ａ</t>
+  </si>
+  <si>
+    <t>攜程匯豐六七購Ｂ</t>
+  </si>
+  <si>
+    <t>新地匯豐六十購Ａ</t>
+  </si>
+  <si>
+    <t>地平摩通六十購Ａ</t>
+  </si>
+  <si>
+    <t>聯想摩通六八沽Ａ</t>
+  </si>
+  <si>
+    <t>銀河法興六九購Ａ</t>
+  </si>
+  <si>
+    <t>寧德法興六七購Ａ</t>
+  </si>
+  <si>
+    <t>渣打法興六十購Ａ</t>
+  </si>
+  <si>
+    <t>比電摩通六九購Ａ</t>
+  </si>
+  <si>
+    <t>標指摩利六九牛Ａ</t>
+  </si>
+  <si>
+    <t>道指摩利六九牛Ａ</t>
+  </si>
+  <si>
+    <t>納指摩利六九牛Ａ</t>
+  </si>
+  <si>
+    <t>納指摩利六九牛Ｂ</t>
+  </si>
+  <si>
+    <t>恒指星展八九牛Ｊ</t>
+  </si>
+  <si>
+    <t>恒指星展八九牛Ｋ</t>
+  </si>
+  <si>
+    <t>恒指星展八九牛Ｈ</t>
+  </si>
+  <si>
+    <t>恒指星展八九牛１</t>
+  </si>
+  <si>
+    <t>恒指星展八九牛Ｎ</t>
+  </si>
+  <si>
+    <t>恒指星展八二熊Ｃ</t>
+  </si>
+  <si>
+    <t>恒指星展八二熊Ｄ</t>
+  </si>
+  <si>
+    <t>恒指星展八二熊Ｍ</t>
+  </si>
+  <si>
+    <t>恒指中銀八四熊Ｑ</t>
+  </si>
+  <si>
+    <t>恒指中銀八四熊Ｔ</t>
+  </si>
+  <si>
+    <t>恒指中銀八四熊Ａ</t>
+  </si>
+  <si>
+    <t>恒指國君八十牛５</t>
+  </si>
+  <si>
+    <t>恒指國君八十牛６</t>
+  </si>
+  <si>
+    <t>恒指國君八三熊Ｂ</t>
+  </si>
+  <si>
+    <t>恒指國君八三熊Ｇ</t>
+  </si>
+  <si>
+    <t>恒指信證八七牛Ｊ</t>
+  </si>
+  <si>
+    <t>恒指信證八七牛Ｋ</t>
+  </si>
+  <si>
+    <t>恒指信證八七牛Ｎ</t>
+  </si>
+  <si>
+    <t>恒指信證八七牛５</t>
+  </si>
+  <si>
+    <t>恒指信證八甲熊１</t>
+  </si>
+  <si>
+    <t>恒指信證八甲熊２</t>
+  </si>
+  <si>
+    <t>恒指信證八甲熊３</t>
+  </si>
+  <si>
+    <t>恒指信證八七熊Ｎ</t>
+  </si>
+  <si>
+    <t>恒指信證八甲熊４</t>
+  </si>
+  <si>
+    <t>恒指法巴八五熊Ｐ</t>
+  </si>
+  <si>
+    <t>恒指法巴八五熊Ｔ</t>
+  </si>
+  <si>
+    <t>恒指法巴八五熊５</t>
+  </si>
+  <si>
+    <t>騰訊法巴八七熊Ｚ</t>
+  </si>
+  <si>
+    <t>阿里法巴八五熊Ｕ</t>
+  </si>
+  <si>
+    <t>匯豐法巴八五牛Ｍ</t>
+  </si>
+  <si>
+    <t>恒指法巴八五熊Ｏ</t>
+  </si>
+  <si>
+    <t>恒指法巴八五熊Ｑ</t>
+  </si>
+  <si>
+    <t>恒指花旗八乙牛Ｈ</t>
+  </si>
+  <si>
+    <t>恒指花旗八乙牛Ｉ</t>
+  </si>
+  <si>
+    <t>恒指花旗八五熊Ｅ</t>
+  </si>
+  <si>
+    <t>恒指花旗八五熊Ｄ</t>
+  </si>
+  <si>
+    <t>恒指華泰八三熊Ｃ</t>
+  </si>
+  <si>
+    <t>恒指華泰八三熊Ｄ</t>
+  </si>
+  <si>
+    <t>恒指華泰八七牛Ｃ</t>
+  </si>
+  <si>
+    <t>恒指華泰八七牛Ｉ</t>
+  </si>
+  <si>
+    <t>恒指摩利八甲牛７</t>
+  </si>
+  <si>
+    <t>港交摩利六十牛Ｆ</t>
+  </si>
+  <si>
+    <t>匯豐摩利七一熊Ｃ</t>
+  </si>
+  <si>
+    <t>匯豐摩利八三牛Ｂ</t>
+  </si>
+  <si>
+    <t>騰訊摩利八乙熊Ｉ</t>
+  </si>
+  <si>
+    <t>阿里摩利八十熊Ｉ</t>
+  </si>
+  <si>
+    <t>恒指摩利八九牛Ｑ</t>
+  </si>
+  <si>
+    <t>恒指摩利八二熊３</t>
+  </si>
+  <si>
+    <t>恒指摩利八三熊２</t>
+  </si>
+  <si>
+    <t>恒指摩利八四熊Ｚ</t>
+  </si>
+  <si>
+    <t>阿里匯豐六八牛Ｎ</t>
+  </si>
+  <si>
+    <t>美團匯豐六乙牛Ｉ</t>
+  </si>
+  <si>
+    <t>騰訊匯豐六八牛Ｘ</t>
+  </si>
+  <si>
+    <t>騰訊匯豐六乙牛Ｃ</t>
+  </si>
+  <si>
+    <t>騰訊匯豐八乙熊Ｈ</t>
+  </si>
+  <si>
+    <t>美團匯豐六甲牛Ｈ</t>
+  </si>
+  <si>
+    <t>騰訊匯豐六八牛Ｚ</t>
+  </si>
+  <si>
+    <t>中壽匯豐八二熊Ｄ</t>
+  </si>
+  <si>
+    <t>阿里匯豐六十牛Ｃ</t>
+  </si>
+  <si>
+    <t>阿里匯豐八甲熊Ｄ</t>
+  </si>
+  <si>
+    <t>百度摩利六乙牛Ｇ</t>
+  </si>
+  <si>
+    <t>友邦瑞銀六十牛Ｌ</t>
+  </si>
+  <si>
+    <t>快手瑞銀八乙熊Ｆ</t>
+  </si>
+  <si>
+    <t>騰訊瑞銀九一熊Ａ</t>
+  </si>
+  <si>
+    <t>騰訊瑞銀六八牛Ｑ</t>
+  </si>
+  <si>
+    <t>阿里瑞銀六八牛Ｙ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八十牛Ｍ</t>
+  </si>
+  <si>
+    <t>恒科法興八乙熊Ｃ</t>
+  </si>
+  <si>
+    <t>恒科法興六九牛Ｂ</t>
+  </si>
+  <si>
+    <t>騰訊法興八乙熊Ｈ</t>
+  </si>
+  <si>
+    <t>快手法興八乙熊Ｚ</t>
+  </si>
+  <si>
+    <t>小米法興八乙熊Ｊ</t>
+  </si>
+  <si>
+    <t>中壽法興八五熊Ｈ</t>
+  </si>
+  <si>
+    <t>阿里法興六九牛Ｘ</t>
+  </si>
+  <si>
+    <t>泡瑪法興八乙熊Ｒ</t>
+  </si>
+  <si>
+    <t>阿里法興八十熊Ｊ</t>
+  </si>
+  <si>
+    <t>騰訊法興六乙牛Ｄ</t>
+  </si>
+  <si>
+    <t>騰訊法興六十牛Ｈ</t>
+  </si>
+  <si>
+    <t>平安法興八十牛Ｈ</t>
+  </si>
+  <si>
+    <t>寧德法興六十牛Ｂ</t>
+  </si>
+  <si>
+    <t>騰訊摩通六八牛Ｉ</t>
+  </si>
+  <si>
+    <t>恒指摩通八乙牛Ｔ</t>
+  </si>
+  <si>
+    <t>阿里摩通六八牛４</t>
+  </si>
+  <si>
+    <t>匯豐摩通七二熊Ｃ</t>
+  </si>
+  <si>
+    <t>匯豐摩通八九牛Ｈ</t>
+  </si>
+  <si>
+    <t>港交摩通八四牛Ｌ</t>
+  </si>
+  <si>
+    <t>阿里摩通八九熊Ｇ</t>
+  </si>
+  <si>
+    <t>按2026年2月28日資料，毋須繳納印花稅的證券(股份代號)</t>
+  </si>
+  <si>
+    <t>騰訊摩通六九沽Ａ</t>
+  </si>
+  <si>
+    <t>濰柴摩通六九購Ａ</t>
+  </si>
+  <si>
+    <t>長和摩通六九購Ａ</t>
+  </si>
+  <si>
+    <t>美團瑞銀六八購Ｃ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀六八購Ａ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀六八購Ｂ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀六八沽Ａ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀六八沽Ｂ</t>
+  </si>
+  <si>
+    <t>騰訊瑞銀八九購Ａ</t>
+  </si>
+  <si>
+    <t>黑芝麥銀六九購Ａ</t>
+  </si>
+  <si>
+    <t>國航麥銀六乙購Ａ</t>
+  </si>
+  <si>
+    <t>華地麥銀六九購Ａ</t>
+  </si>
+  <si>
+    <t>騰訊麥銀六九沽Ａ</t>
+  </si>
+  <si>
+    <t>銀河麥銀六九沽Ａ</t>
+  </si>
+  <si>
+    <t>攜程麥銀六九購Ａ</t>
+  </si>
+  <si>
+    <t>新地麥銀六十沽Ａ</t>
+  </si>
+  <si>
+    <t>建滔摩通六九購Ａ</t>
+  </si>
+  <si>
+    <t>阿里摩通六八購Ｆ</t>
+  </si>
+  <si>
+    <t>寧德麥銀六九沽Ａ</t>
+  </si>
+  <si>
+    <t>銀河匯豐六九購Ａ</t>
+  </si>
+  <si>
+    <t>新地匯豐六十沽Ａ</t>
+  </si>
+  <si>
+    <t>騰訊摩利六八沽Ｂ</t>
+  </si>
+  <si>
+    <t>快手摩利六九沽Ａ</t>
+  </si>
+  <si>
+    <t>匯豐中銀六九沽Ｂ</t>
+  </si>
+  <si>
+    <t>京東中銀六乙購Ａ</t>
+  </si>
+  <si>
+    <t>平安中銀七三購Ａ</t>
+  </si>
+  <si>
+    <t>攜程中銀六九沽Ａ</t>
+  </si>
+  <si>
+    <t>恒指中銀六八沽Ａ</t>
+  </si>
+  <si>
+    <t>恒指中銀六八購Ａ</t>
+  </si>
+  <si>
+    <t>騰訊法巴六九沽Ａ</t>
+  </si>
+  <si>
+    <t>恒指法興六八沽Ａ</t>
+  </si>
+  <si>
+    <t>恒指法興六八沽Ｂ</t>
+  </si>
+  <si>
+    <t>騰訊法興六八購Ｄ</t>
+  </si>
+  <si>
+    <t>阿里法興六八購Ｅ</t>
+  </si>
+  <si>
+    <t>小米法興六七購Ａ</t>
+  </si>
+  <si>
+    <t>平安法興七三購Ａ</t>
+  </si>
+  <si>
+    <t>新地法興六十沽Ａ</t>
+  </si>
+  <si>
+    <t>騰訊花旗六九沽Ａ</t>
+  </si>
+  <si>
+    <t>新地花旗六九沽Ａ</t>
+  </si>
+  <si>
+    <t>京東信證六九購Ａ</t>
+  </si>
+  <si>
+    <t>中銀信證六十購Ａ</t>
+  </si>
+  <si>
+    <t>港交華泰六甲購Ａ</t>
+  </si>
+  <si>
+    <t>中升華泰七二購Ａ</t>
+  </si>
+  <si>
+    <t>美團華泰六八購Ｂ</t>
+  </si>
+  <si>
+    <t>翰藥華泰六九購Ａ</t>
+  </si>
+  <si>
+    <t>中投華泰六十購Ａ</t>
+  </si>
+  <si>
+    <t>百度華泰六乙沽Ａ</t>
+  </si>
+  <si>
+    <t>萬洲華泰七二購Ａ</t>
+  </si>
+  <si>
+    <t>東氣摩通六乙購Ａ</t>
+  </si>
+  <si>
+    <t>哈動摩通七八購Ａ</t>
   </si>
   <si>
     <t>恒指星展八二熊Ｏ</t>
   </si>
   <si>
-    <t>恒指匯豐八三熊Ｃ</t>
-[...4 lines deleted...]
-  <si>
     <t>恒指星展八二熊Ｐ</t>
   </si>
   <si>
     <t>恒指星展八二熊Ｑ</t>
   </si>
   <si>
-    <t>恒指瑞銀八二熊Ｕ</t>
-[...2 lines deleted...]
-    <t>恒指摩利八四熊Ｂ</t>
+    <t>恒指星展八九牛Ｏ</t>
+  </si>
+  <si>
+    <t>恒指星展八九牛２</t>
   </si>
   <si>
     <t>恒指星展八二熊Ｒ</t>
   </si>
   <si>
-    <t>恒指星展八二熊Ｓ</t>
-[...29 lines deleted...]
-    <t>恒指法興八八牛Ｓ</t>
+    <t>小米匯豐八乙熊Ｄ</t>
+  </si>
+  <si>
+    <t>快手匯豐八乙熊Ｂ</t>
+  </si>
+  <si>
+    <t>騰訊匯豐六八牛１</t>
+  </si>
+  <si>
+    <t>比迪匯豐八乙熊Ｄ</t>
+  </si>
+  <si>
+    <t>恒指摩利八四熊Ｉ</t>
+  </si>
+  <si>
+    <t>快手摩利六十牛Ａ</t>
+  </si>
+  <si>
+    <t>恒指摩利八四熊Ｓ</t>
+  </si>
+  <si>
+    <t>恒指摩利八甲牛９</t>
+  </si>
+  <si>
+    <t>恒指摩利八乙牛Ｇ</t>
+  </si>
+  <si>
+    <t>恒指摩利八三熊３</t>
+  </si>
+  <si>
+    <t>恒指中銀八四熊Ｅ</t>
+  </si>
+  <si>
+    <t>恒指中銀八四熊Ｏ</t>
+  </si>
+  <si>
+    <t>恒指中銀八四熊Ｐ</t>
+  </si>
+  <si>
+    <t>恒指匯豐八十牛Ｐ</t>
+  </si>
+  <si>
+    <t>恒指匯豐八十牛Ｓ</t>
+  </si>
+  <si>
+    <t>恒指國君八十牛７</t>
+  </si>
+  <si>
+    <t>恒指國君八十牛８</t>
+  </si>
+  <si>
+    <t>恒指國君八三熊Ａ</t>
+  </si>
+  <si>
+    <t>恒指國君八三熊Ｅ</t>
+  </si>
+  <si>
+    <t>恒科摩通六九牛Ｈ</t>
+  </si>
+  <si>
+    <t>恒指摩通八十熊Ｎ</t>
+  </si>
+  <si>
+    <t>恒指摩通八十熊Ｐ</t>
+  </si>
+  <si>
+    <t>恒科摩通八乙熊Ｈ</t>
+  </si>
+  <si>
+    <t>恒科摩通八乙熊Ｉ</t>
+  </si>
+  <si>
+    <t>恒指摩通八十熊Ｑ</t>
+  </si>
+  <si>
+    <t>恒指摩通八十熊Ｏ</t>
+  </si>
+  <si>
+    <t>百度摩通八九熊Ａ</t>
+  </si>
+  <si>
+    <t>寧德摩通六九牛Ａ</t>
+  </si>
+  <si>
+    <t>快手摩通八九熊Ｃ</t>
+  </si>
+  <si>
+    <t>港交摩通八九牛Ｈ</t>
+  </si>
+  <si>
+    <t>港交摩通八九牛Ｉ</t>
+  </si>
+  <si>
+    <t>恒指法巴八五熊Ｓ</t>
+  </si>
+  <si>
+    <t>恒指法巴八五熊Ｙ</t>
+  </si>
+  <si>
+    <t>港交法巴八三牛Ｅ</t>
+  </si>
+  <si>
+    <t>匯豐法巴八五牛Ｎ</t>
+  </si>
+  <si>
+    <t>中芯法巴六八牛Ａ</t>
+  </si>
+  <si>
+    <t>中芯法巴六八牛Ｂ</t>
+  </si>
+  <si>
+    <t>中芯法巴六八牛Ｃ</t>
+  </si>
+  <si>
+    <t>恒指法興八十牛Ｉ</t>
+  </si>
+  <si>
+    <t>匯豐法興八三牛Ｂ</t>
+  </si>
+  <si>
+    <t>匯豐法興七二熊Ａ</t>
+  </si>
+  <si>
+    <t>百度法興八乙熊Ｇ</t>
+  </si>
+  <si>
+    <t>寧德法興六十牛Ｃ</t>
+  </si>
+  <si>
+    <t>騰訊法興六九牛Ｋ</t>
+  </si>
+  <si>
+    <t>恒指花旗八二熊Ｙ</t>
+  </si>
+  <si>
+    <t>恒指花旗八二熊Ｆ</t>
+  </si>
+  <si>
+    <t>恒指花旗八乙牛Ｊ</t>
+  </si>
+  <si>
+    <t>泡瑪瑞銀八乙熊Ｋ</t>
+  </si>
+  <si>
+    <t>快手瑞銀六八牛Ｃ</t>
+  </si>
+  <si>
+    <t>阿里瑞銀八十熊Ｆ</t>
+  </si>
+  <si>
+    <t>工行瑞銀八八牛Ｄ</t>
+  </si>
+  <si>
+    <t>匯豐瑞銀八九牛Ｈ</t>
+  </si>
+  <si>
+    <t>寧德瑞銀六九牛Ｂ</t>
+  </si>
+  <si>
+    <t>騰訊瑞銀六八牛Ｒ</t>
+  </si>
+  <si>
+    <t>騰訊瑞銀六八牛Ｓ</t>
+  </si>
+  <si>
+    <t>阿里瑞銀六八牛Ｑ</t>
+  </si>
+  <si>
+    <t>小米瑞銀八乙熊Ｇ</t>
+  </si>
+  <si>
+    <t>中壽瑞銀八五熊Ｈ</t>
+  </si>
+  <si>
+    <t>恒指信證八十熊Ｌ</t>
+  </si>
+  <si>
+    <t>恒指信證八十熊Ｍ</t>
+  </si>
+  <si>
+    <t>恒指信證八十熊Ｎ</t>
+  </si>
+  <si>
+    <t>恒指信證八乙牛Ｔ</t>
+  </si>
+  <si>
+    <t>恒指信證八乙牛Ｐ</t>
+  </si>
+  <si>
+    <t>恒指華泰八三熊Ｉ</t>
+  </si>
+  <si>
+    <t>恒指華泰八三熊Ｊ</t>
+  </si>
+  <si>
+    <t>恒指華泰八七牛Ｊ</t>
+  </si>
+  <si>
+    <t>更新日期: 2026年3月3日</t>
+  </si>
+  <si>
+    <t>阿里摩通六七購Ｂ</t>
+  </si>
+  <si>
+    <t>阿里信證六八購Ｃ</t>
+  </si>
+  <si>
+    <t>騰訊信證六八購Ｃ</t>
+  </si>
+  <si>
+    <t>長實麥銀六甲購Ａ</t>
+  </si>
+  <si>
+    <t>阿里星展六八購Ｂ</t>
+  </si>
+  <si>
+    <t>長和瑞銀六九購Ａ</t>
+  </si>
+  <si>
+    <t>匯豐瑞銀六九購Ｄ</t>
+  </si>
+  <si>
+    <t>小米瑞銀六九購Ｃ</t>
+  </si>
+  <si>
+    <t>美團瑞銀六九購Ａ</t>
+  </si>
+  <si>
+    <t>美團瑞銀六十購Ｃ</t>
+  </si>
+  <si>
+    <t>美團瑞銀六乙購Ｃ</t>
+  </si>
+  <si>
+    <t>美團摩利六八購Ｂ</t>
+  </si>
+  <si>
+    <t>匯豐摩利六九購Ｃ</t>
+  </si>
+  <si>
+    <t>恒指摩利六八購Ａ</t>
+  </si>
+  <si>
+    <t>恒指摩利六八沽Ａ</t>
+  </si>
+  <si>
+    <t>恒指摩利六八沽Ｂ</t>
+  </si>
+  <si>
+    <t>赤金摩利六乙購Ａ</t>
+  </si>
+  <si>
+    <t>匯豐摩利六八購Ａ</t>
+  </si>
+  <si>
+    <t>阿里瑞銀六八購Ｆ</t>
+  </si>
+  <si>
+    <t>阿里瑞銀六七購Ｅ</t>
+  </si>
+  <si>
+    <t>海油瑞銀六九購Ａ</t>
+  </si>
+  <si>
+    <t>阿里瑞銀六九購Ｂ</t>
+  </si>
+  <si>
+    <t>海油麥銀六九購Ａ</t>
+  </si>
+  <si>
+    <t>海田麥銀六十購Ａ</t>
+  </si>
+  <si>
+    <t>金軟摩通六九購Ｂ</t>
+  </si>
+  <si>
+    <t>銀河摩通六九購Ａ</t>
+  </si>
+  <si>
+    <t>平安國君六乙購Ａ</t>
+  </si>
+  <si>
+    <t>阿里國君六八購Ｃ</t>
+  </si>
+  <si>
+    <t>京東國君六乙購Ａ</t>
+  </si>
+  <si>
+    <t>美團國君六八購Ｃ</t>
+  </si>
+  <si>
+    <t>小米中銀六九購Ｆ</t>
+  </si>
+  <si>
+    <t>小米中銀六十購Ａ</t>
+  </si>
+  <si>
+    <t>美團中銀六乙購Ｂ</t>
+  </si>
+  <si>
+    <t>美團中銀六十沽Ａ</t>
+  </si>
+  <si>
+    <t>中芯中銀六十購Ｄ</t>
+  </si>
+  <si>
+    <t>國泰中銀六九購Ａ</t>
+  </si>
+  <si>
+    <t>石藥中銀六甲購Ａ</t>
+  </si>
+  <si>
+    <t>阿里中銀六八購Ｅ</t>
+  </si>
+  <si>
+    <t>長和中銀六九購Ｂ</t>
+  </si>
+  <si>
+    <t>比電中銀六八購Ａ</t>
+  </si>
+  <si>
+    <t>中鋁中銀六十購Ａ</t>
+  </si>
+  <si>
+    <t>瑞聲中銀六九購Ａ</t>
+  </si>
+  <si>
+    <t>舜光花旗六八購Ａ</t>
+  </si>
+  <si>
+    <t>百度花旗六六購Ｂ</t>
+  </si>
+  <si>
+    <t>平安花旗七三購Ａ</t>
+  </si>
+  <si>
+    <t>阿里花旗六八購Ｅ</t>
+  </si>
+  <si>
+    <t>太科花旗六八購Ａ</t>
+  </si>
+  <si>
+    <t>中壽花旗六九購Ａ</t>
+  </si>
+  <si>
+    <t>南航匯豐六乙購Ａ</t>
+  </si>
+  <si>
+    <t>阿里匯豐六九購Ｃ</t>
+  </si>
+  <si>
+    <t>小米匯豐六九購Ｃ</t>
+  </si>
+  <si>
+    <t>首程信證六八購Ａ</t>
+  </si>
+  <si>
+    <t>國航信證六甲購Ａ</t>
+  </si>
+  <si>
+    <t>海油信證六九沽Ａ</t>
+  </si>
+  <si>
+    <t>兗礦信證七一購Ａ</t>
+  </si>
+  <si>
+    <t>中煤信證七一購Ａ</t>
+  </si>
+  <si>
+    <t>海田信證七一購Ａ</t>
+  </si>
+  <si>
+    <t>中免摩通六九購Ｂ</t>
+  </si>
+  <si>
+    <t>舜光摩通六八購Ａ</t>
+  </si>
+  <si>
+    <t>恒指法興六八購Ａ</t>
+  </si>
+  <si>
+    <t>恒指法興六八購Ｂ</t>
+  </si>
+  <si>
+    <t>中芯法興六甲購Ａ</t>
+  </si>
+  <si>
+    <t>中芯法興六九購Ｃ</t>
+  </si>
+  <si>
+    <t>快手法興七四購Ａ</t>
+  </si>
+  <si>
+    <t>美團法興六八購Ｂ</t>
+  </si>
+  <si>
+    <t>中油匯豐六七購Ｂ</t>
+  </si>
+  <si>
+    <t>美團匯豐六八購Ｃ</t>
+  </si>
+  <si>
+    <t>阿里匯豐六八購Ｆ</t>
+  </si>
+  <si>
+    <t>小米法巴六九購Ｃ</t>
+  </si>
+  <si>
+    <t>恒指法巴六八購Ａ</t>
+  </si>
+  <si>
+    <t>恒指法巴六八沽Ａ</t>
+  </si>
+  <si>
+    <t>恒指法巴六七沽Ａ</t>
+  </si>
+  <si>
+    <t>港交法巴六甲購Ａ</t>
+  </si>
+  <si>
+    <t>中行法巴六十購Ａ</t>
+  </si>
+  <si>
+    <t>商湯法巴六九購Ａ</t>
+  </si>
+  <si>
+    <t>中銀法巴六十購Ａ</t>
+  </si>
+  <si>
+    <t>阿里法巴六十購Ａ</t>
+  </si>
+  <si>
+    <t>恒指星展八十牛３</t>
+  </si>
+  <si>
+    <t>恒指星展八十牛４</t>
+  </si>
+  <si>
+    <t>恒指星展八十牛５</t>
+  </si>
+  <si>
+    <t>恒指星展八十牛Ｂ</t>
+  </si>
+  <si>
+    <t>恒指星展八十牛Ｃ</t>
+  </si>
+  <si>
+    <t>恒指星展八四熊Ｆ</t>
+  </si>
+  <si>
+    <t>恒指星展八四熊Ｍ</t>
+  </si>
+  <si>
+    <t>恒指星展八四熊Ｓ</t>
+  </si>
+  <si>
+    <t>恒指星展八十牛Ｄ</t>
+  </si>
+  <si>
+    <t>恒指摩利八九牛Ｓ</t>
+  </si>
+  <si>
+    <t>恒指摩利八十牛Ｈ</t>
+  </si>
+  <si>
+    <t>恒指摩利八甲牛Ａ</t>
+  </si>
+  <si>
+    <t>恒指摩利八乙牛Ｈ</t>
+  </si>
+  <si>
+    <t>快手摩利八乙熊Ｄ</t>
+  </si>
+  <si>
+    <t>快手摩利六十牛Ｂ</t>
+  </si>
+  <si>
+    <t>小米摩利八乙熊Ｆ</t>
+  </si>
+  <si>
+    <t>平安摩利八十牛Ｈ</t>
+  </si>
+  <si>
+    <t>騰訊摩利六十牛Ｂ</t>
+  </si>
+  <si>
+    <t>阿里摩利八十熊Ｊ</t>
+  </si>
+  <si>
+    <t>阿里摩利六八牛Ｃ</t>
+  </si>
+  <si>
+    <t>恒指摩利八三熊Ｕ</t>
+  </si>
+  <si>
+    <t>恒指摩利八二熊４</t>
+  </si>
+  <si>
+    <t>恒指摩利八三熊Ｔ</t>
+  </si>
+  <si>
+    <t>恒指摩利八甲牛Ｄ</t>
+  </si>
+  <si>
+    <t>恒指摩利八十牛Ｑ</t>
+  </si>
+  <si>
+    <t>恒科摩利八乙熊Ｅ</t>
+  </si>
+  <si>
+    <t>恒指法巴八五熊Ｗ</t>
+  </si>
+  <si>
+    <t>恒指法巴八五熊Ｘ</t>
+  </si>
+  <si>
+    <t>恒指法巴八五熊２</t>
+  </si>
+  <si>
+    <t>恒指法巴八五熊Ａ</t>
+  </si>
+  <si>
+    <t>恒指法巴八五熊Ｃ</t>
+  </si>
+  <si>
+    <t>恒指法巴八五熊Ｈ</t>
+  </si>
+  <si>
+    <t>恒指法巴八五熊Ｉ</t>
+  </si>
+  <si>
+    <t>恒指法巴八五熊Ｒ</t>
+  </si>
+  <si>
+    <t>港交法巴八六熊Ｉ</t>
+  </si>
+  <si>
+    <t>中芯法巴六八牛Ｄ</t>
+  </si>
+  <si>
+    <t>中芯法巴七乙熊Ｖ</t>
+  </si>
+  <si>
+    <t>快手法巴六八牛Ａ</t>
+  </si>
+  <si>
+    <t>快手法巴八四熊Ｊ</t>
+  </si>
+  <si>
+    <t>比迪法巴六八牛Ａ</t>
+  </si>
+  <si>
+    <t>比迪法巴六八牛Ｂ</t>
+  </si>
+  <si>
+    <t>小米法巴八六熊Ｐ</t>
+  </si>
+  <si>
+    <t>紫金法巴六九牛Ｋ</t>
+  </si>
+  <si>
+    <t>美團法巴八六熊Ｍ</t>
+  </si>
+  <si>
+    <t>阿里法巴六八牛Ｉ</t>
+  </si>
+  <si>
+    <t>阿里法巴六八牛Ｊ</t>
+  </si>
+  <si>
+    <t>恒指法巴八七牛９</t>
+  </si>
+  <si>
+    <t>恒指法巴八七牛Ｈ</t>
+  </si>
+  <si>
+    <t>恒指法巴八七牛Ｉ</t>
+  </si>
+  <si>
+    <t>恒指法巴八七牛Ｋ</t>
+  </si>
+  <si>
+    <t>騰訊摩通六八牛Ｃ</t>
+  </si>
+  <si>
+    <t>騰訊摩通六八牛Ｈ</t>
+  </si>
+  <si>
+    <t>阿里摩通六八牛５</t>
+  </si>
+  <si>
+    <t>恒指摩通八九牛Ｋ</t>
+  </si>
+  <si>
+    <t>恒指摩通八乙牛９</t>
+  </si>
+  <si>
+    <t>恒指摩通八九牛Ｘ</t>
+  </si>
+  <si>
+    <t>恒指摩通八乙牛Ｃ</t>
+  </si>
+  <si>
+    <t>恒指摩通八九牛Ｚ</t>
+  </si>
+  <si>
+    <t>小米摩通八八熊Ｂ</t>
+  </si>
+  <si>
+    <t>阿里摩通六九牛Ｈ</t>
+  </si>
+  <si>
+    <t>小米摩通七一牛Ａ</t>
+  </si>
+  <si>
+    <t>美團摩通六九牛Ｊ</t>
+  </si>
+  <si>
+    <t>比迪摩通八八牛Ａ</t>
+  </si>
+  <si>
+    <t>騰訊摩通六九牛Ｔ</t>
+  </si>
+  <si>
+    <t>寧德摩通六九牛Ｂ</t>
+  </si>
+  <si>
+    <t>恒指摩通八乙牛Ｍ</t>
+  </si>
+  <si>
+    <t>恒指摩通八十熊７</t>
+  </si>
+  <si>
+    <t>恒指摩通八乙牛Ｓ</t>
+  </si>
+  <si>
+    <t>恒指摩通八十熊Ｕ</t>
+  </si>
+  <si>
+    <t>恒指摩通八十熊Ｋ</t>
+  </si>
+  <si>
+    <t>恒指摩通八乙牛Ｕ</t>
+  </si>
+  <si>
+    <t>恒指摩通八十熊Ｌ</t>
+  </si>
+  <si>
+    <t>恒指摩通八十熊９</t>
+  </si>
+  <si>
+    <t>恒指華泰八三熊Ｗ</t>
+  </si>
+  <si>
+    <t>恒指華泰八三熊Ｖ</t>
+  </si>
+  <si>
+    <t>恒指華泰八七牛Ｆ</t>
+  </si>
+  <si>
+    <t>恒指華泰八七牛Ｅ</t>
+  </si>
+  <si>
+    <t>恒指華泰八七牛Ｇ</t>
+  </si>
+  <si>
+    <t>恒指國君八十牛９</t>
+  </si>
+  <si>
+    <t>恒指國君八三熊Ｉ</t>
+  </si>
+  <si>
+    <t>恒指國君八三熊Ｋ</t>
+  </si>
+  <si>
+    <t>恒指國君八三熊Ｐ</t>
+  </si>
+  <si>
+    <t>恒指中銀八九牛５</t>
+  </si>
+  <si>
+    <t>恒指中銀八九牛６</t>
+  </si>
+  <si>
+    <t>恒指中銀八九牛Ｘ</t>
+  </si>
+  <si>
+    <t>小米中銀七二牛Ａ</t>
+  </si>
+  <si>
+    <t>中芯中銀六乙牛Ｉ</t>
+  </si>
+  <si>
+    <t>騰訊中銀六乙牛Ｌ</t>
+  </si>
+  <si>
+    <t>恒指中銀八四熊Ｒ</t>
+  </si>
+  <si>
+    <t>恒指中銀八四熊Ｓ</t>
+  </si>
+  <si>
+    <t>恒指中銀八四熊Ｙ</t>
+  </si>
+  <si>
+    <t>恒指花旗八甲牛Ｏ</t>
+  </si>
+  <si>
+    <t>恒指花旗八十牛８</t>
+  </si>
+  <si>
+    <t>恒科花旗八乙熊Ｅ</t>
+  </si>
+  <si>
+    <t>恒科花旗六十牛Ａ</t>
+  </si>
+  <si>
+    <t>恒指花旗八二熊Ｄ</t>
+  </si>
+  <si>
+    <t>恒指花旗八四熊Ｋ</t>
+  </si>
+  <si>
+    <t>小米匯豐六八牛Ｐ</t>
+  </si>
+  <si>
+    <t>騰訊匯豐六八牛Ｙ</t>
+  </si>
+  <si>
+    <t>阿里匯豐六八牛Ｏ</t>
+  </si>
+  <si>
+    <t>恒指匯豐八乙牛Ａ</t>
+  </si>
+  <si>
+    <t>恒指匯豐八乙牛Ｂ</t>
+  </si>
+  <si>
+    <t>恒指匯豐八乙牛Ｃ</t>
+  </si>
+  <si>
+    <t>恒指匯豐八乙牛Ｄ</t>
+  </si>
+  <si>
+    <t>恒指匯豐八乙牛Ｅ</t>
+  </si>
+  <si>
+    <t>恒指匯豐八乙牛Ｆ</t>
+  </si>
+  <si>
+    <t>恒指匯豐八乙牛Ｇ</t>
+  </si>
+  <si>
+    <t>恒指匯豐八四熊Ａ</t>
+  </si>
+  <si>
+    <t>恒指匯豐八四熊Ｆ</t>
+  </si>
+  <si>
+    <t>恒指匯豐八四熊Ｋ</t>
+  </si>
+  <si>
+    <t>恒指匯豐八四熊Ｑ</t>
+  </si>
+  <si>
+    <t>阿里匯豐八十熊Ｄ</t>
+  </si>
+  <si>
+    <t>中芯匯豐八乙熊Ｄ</t>
+  </si>
+  <si>
+    <t>中芯匯豐六八牛Ｈ</t>
+  </si>
+  <si>
+    <t>阿里匯豐六甲牛Ａ</t>
+  </si>
+  <si>
+    <t>小米匯豐八甲熊Ｂ</t>
+  </si>
+  <si>
+    <t>小米匯豐六乙牛Ｂ</t>
+  </si>
+  <si>
+    <t>比迪匯豐六八牛Ｔ</t>
+  </si>
+  <si>
+    <t>恒指法興八九牛Ｂ</t>
+  </si>
+  <si>
+    <t>恒指法興八甲牛４</t>
+  </si>
+  <si>
+    <t>恒指法興八九牛２</t>
+  </si>
+  <si>
+    <t>恒指法興八甲牛６</t>
+  </si>
+  <si>
+    <t>恒指法興八十牛Ｌ</t>
+  </si>
+  <si>
+    <t>恒指法興八乙熊１</t>
+  </si>
+  <si>
+    <t>恒科法興六九牛Ｃ</t>
+  </si>
+  <si>
+    <t>恒科法興六九牛Ｄ</t>
+  </si>
+  <si>
+    <t>恒科法興八乙熊Ｅ</t>
+  </si>
+  <si>
+    <t>恒指法興八十牛Ｗ</t>
+  </si>
+  <si>
+    <t>恒指法興八四熊Ｕ</t>
+  </si>
+  <si>
+    <t>恒指法興八二熊Ｘ</t>
   </si>
   <si>
     <t>恒指法興八二熊Ｆ</t>
   </si>
   <si>
-    <t>恒指法巴八乙牛１</t>
-[...1322 lines deleted...]
-    <t>友邦瑞銀六六牛Ｅ</t>
+    <t>恒指法興八三熊Ｂ</t>
+  </si>
+  <si>
+    <t>中芯法興六十牛Ａ</t>
+  </si>
+  <si>
+    <t>中芯法興六甲牛Ａ</t>
+  </si>
+  <si>
+    <t>中芯法興八乙熊Ｕ</t>
+  </si>
+  <si>
+    <t>中芯法興八乙熊Ｇ</t>
+  </si>
+  <si>
+    <t>海油法興八乙牛Ｊ</t>
+  </si>
+  <si>
+    <t>快手法興六十牛Ｂ</t>
+  </si>
+  <si>
+    <t>快手法興八乙熊１</t>
+  </si>
+  <si>
+    <t>比迪法興六九牛Ｅ</t>
+  </si>
+  <si>
+    <t>華虹法興八乙熊Ｊ</t>
+  </si>
+  <si>
+    <t>小米法興八乙熊Ｏ</t>
+  </si>
+  <si>
+    <t>小米法興六乙牛Ｄ</t>
+  </si>
+  <si>
+    <t>美團法興八乙熊Ｒ</t>
+  </si>
+  <si>
+    <t>阿里法興六九牛Ｙ</t>
+  </si>
+  <si>
+    <t>阿里法興六十牛７</t>
+  </si>
+  <si>
+    <t>阿里法興八十熊Ｗ</t>
+  </si>
+  <si>
+    <t>海油法興七五熊Ｂ</t>
   </si>
   <si>
     <t>阿里瑞銀六八牛１</t>
   </si>
   <si>
-    <t>美團瑞銀六三牛Ｐ</t>
-[...2819 lines deleted...]
-    <t>恒指瑞銀八十牛Ｓ</t>
+    <t>海油瑞銀七四熊Ａ</t>
+  </si>
+  <si>
+    <t>中芯瑞銀六八牛Ｊ</t>
+  </si>
+  <si>
+    <t>中芯瑞銀六八牛Ｋ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八九牛Ｕ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀七九牛Ｌ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八乙牛９</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八乙牛７</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八乙牛Ｄ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀七九牛Ｄ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八乙牛Ｆ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八甲牛７</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八甲牛Ｐ</t>
+  </si>
+  <si>
+    <t>美團瑞銀八乙熊Ｇ</t>
+  </si>
+  <si>
+    <t>比迪瑞銀六八牛Ｄ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八甲牛Ｑ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八甲牛Ａ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八二熊Ｎ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八三熊Ｇ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八八熊Ｓ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八甲熊Ｘ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八二熊Ｓ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八三熊Ｏ</t>
+  </si>
+  <si>
+    <t>騰訊瑞銀六八牛Ｔ</t>
+  </si>
+  <si>
+    <t>恒指瑞銀八十牛４</t>
   </si>
   <si>
     <t>恒指瑞銀八三熊Ｌ</t>
   </si>
   <si>
-    <t>恒指瑞銀八三熊Ｑ</t>
-[...749 lines deleted...]
-    <t>恒指花旗八九牛３</t>
+    <t>恒指信證八甲牛Ｐ</t>
+  </si>
+  <si>
+    <t>恒指信證八甲牛Ｉ</t>
+  </si>
+  <si>
+    <t>恒指信證八甲牛Ｔ</t>
+  </si>
+  <si>
+    <t>恒指信證八甲牛Ｕ</t>
+  </si>
+  <si>
+    <t>恒指信證八甲牛Ｖ</t>
+  </si>
+  <si>
+    <t>恒指信證八七熊Ｏ</t>
+  </si>
+  <si>
+    <t>恒指信證八七熊Ｐ</t>
+  </si>
+  <si>
+    <t>恒指信證八七熊Ｑ</t>
+  </si>
+  <si>
+    <t>恒指信證八七熊Ｓ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
-    <numFmt numFmtId="164" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
-[...1 lines deleted...]
-    <numFmt numFmtId="166" formatCode="00000"/>
+    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="164" formatCode="0000#"/>
+    <numFmt numFmtId="165" formatCode="00000"/>
   </numFmts>
   <fonts count="37">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="微軟正黑體"/>
       <family val="2"/>
       <charset val="136"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="微軟正黑體"/>
       <family val="2"/>
       <charset val="136"/>
     </font>
     <font>
@@ -5931,3177 +3021,3177 @@
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3021">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="164" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...231 lines deleted...]
-    <xf numFmtId="164" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="10" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="11" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="12" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="5" borderId="13" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="6" borderId="14" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="24" fillId="6" borderId="13" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="15" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="26" fillId="7" borderId="16" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="17" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="18" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...2723 lines deleted...]
-    <xf numFmtId="164" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="17" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="34">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="166" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="165" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3021">
     <cellStyle name="20% - Accent1" xfId="260" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="264" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="268" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="272" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="276" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="280" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="261" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="265" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="269" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="273" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="277" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="281" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="262" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="266" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="270" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="274" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="278" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="282" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="259" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="263" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="267" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="271" builtinId="41" customBuiltin="1"/>
@@ -12391,24408 +9481,10660 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I1739"/>
+  <dimension ref="A1:I757"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15.75"/>
   <cols>
     <col min="1" max="1" width="13.28515625" style="3" customWidth="1"/>
     <col min="2" max="2" width="39.85546875" style="3" customWidth="1"/>
     <col min="3" max="6" width="12" style="3" customWidth="1"/>
     <col min="7" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="20.25">
-      <c r="A1" s="24" t="s">
+      <c r="A1" s="17" t="s">
         <v>24</v>
       </c>
-      <c r="B1" s="24"/>
-[...6 lines deleted...]
-      <c r="I1" s="24"/>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
+      <c r="E1" s="17"/>
+      <c r="F1" s="17"/>
+      <c r="G1" s="17"/>
+      <c r="H1" s="17"/>
+      <c r="I1" s="17"/>
     </row>
     <row r="2" spans="1:9" ht="20.25">
-      <c r="A2" s="27"/>
-[...7 lines deleted...]
-      <c r="I2" s="27"/>
+      <c r="A2" s="22"/>
+      <c r="B2" s="22"/>
+      <c r="C2" s="22"/>
+      <c r="D2" s="22"/>
+      <c r="E2" s="22"/>
+      <c r="F2" s="22"/>
+      <c r="G2" s="22"/>
+      <c r="H2" s="22"/>
+      <c r="I2" s="22"/>
     </row>
     <row r="3" spans="1:9" ht="22.5" customHeight="1">
-      <c r="A3" s="28" t="s">
+      <c r="A3" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="B3" s="29"/>
-[...6 lines deleted...]
-      <c r="I3" s="30"/>
+      <c r="B3" s="24"/>
+      <c r="C3" s="24"/>
+      <c r="D3" s="24"/>
+      <c r="E3" s="24"/>
+      <c r="F3" s="24"/>
+      <c r="G3" s="24"/>
+      <c r="H3" s="24"/>
+      <c r="I3" s="25"/>
     </row>
     <row r="4" spans="1:9" ht="104.25" customHeight="1">
-      <c r="A4" s="31" t="s">
+      <c r="A4" s="26" t="s">
         <v>22</v>
       </c>
-      <c r="B4" s="32"/>
-[...6 lines deleted...]
-      <c r="I4" s="33"/>
+      <c r="B4" s="27"/>
+      <c r="C4" s="27"/>
+      <c r="D4" s="27"/>
+      <c r="E4" s="27"/>
+      <c r="F4" s="27"/>
+      <c r="G4" s="27"/>
+      <c r="H4" s="27"/>
+      <c r="I4" s="28"/>
     </row>
     <row r="5" spans="1:9" ht="20.25">
       <c r="A5" s="10"/>
       <c r="B5" s="10"/>
       <c r="C5" s="10"/>
       <c r="D5" s="10"/>
       <c r="E5" s="10"/>
       <c r="F5" s="10"/>
       <c r="G5" s="10"/>
       <c r="H5" s="10"/>
       <c r="I5" s="10"/>
     </row>
     <row r="6" spans="1:9" ht="16.5">
       <c r="A6" s="4"/>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
     </row>
     <row r="7" spans="1:9" ht="16.5">
       <c r="A7" s="2" t="s">
-        <v>1530</v>
+        <v>496</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
     </row>
     <row r="9" spans="1:9" ht="31.5" customHeight="1">
-      <c r="A9" s="25" t="s">
+      <c r="A9" s="20" t="s">
         <v>0</v>
       </c>
-      <c r="B9" s="25"/>
-[...8 lines deleted...]
-      <c r="I9" s="26"/>
+      <c r="B9" s="20"/>
+      <c r="C9" s="21" t="s">
+        <v>373</v>
+      </c>
+      <c r="D9" s="21"/>
+      <c r="E9" s="21"/>
+      <c r="F9" s="21"/>
+      <c r="G9" s="21"/>
+      <c r="H9" s="21"/>
+      <c r="I9" s="21"/>
     </row>
     <row r="10" spans="1:9">
-      <c r="A10" s="22" t="s">
+      <c r="A10" s="18" t="s">
         <v>1</v>
       </c>
-      <c r="B10" s="23"/>
+      <c r="B10" s="19"/>
       <c r="C10" s="1">
         <v>4332</v>
       </c>
       <c r="D10" s="1">
         <v>4333</v>
       </c>
       <c r="E10" s="1">
         <v>4335</v>
       </c>
       <c r="F10" s="1">
         <v>4336</v>
       </c>
       <c r="G10" s="1">
         <v>4337</v>
       </c>
       <c r="H10" s="1">
         <v>4338</v>
       </c>
       <c r="I10" s="1"/>
     </row>
     <row r="11" spans="1:9">
-      <c r="A11" s="20" t="s">
+      <c r="A11" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="B11" s="21"/>
+      <c r="B11" s="32"/>
       <c r="C11" s="1">
         <v>4621</v>
       </c>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
     </row>
     <row r="12" spans="1:9">
-      <c r="A12" s="18" t="s">
+      <c r="A12" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="B12" s="18"/>
-[...6 lines deleted...]
-      <c r="I12" s="18"/>
+      <c r="B12" s="30"/>
+      <c r="C12" s="30"/>
+      <c r="D12" s="30"/>
+      <c r="E12" s="30"/>
+      <c r="F12" s="30"/>
+      <c r="G12" s="30"/>
+      <c r="H12" s="30"/>
+      <c r="I12" s="30"/>
     </row>
     <row r="13" spans="1:9">
-      <c r="A13" s="22" t="s">
+      <c r="A13" s="18" t="s">
         <v>4</v>
       </c>
-      <c r="B13" s="23"/>
-      <c r="C13" s="17" t="s">
+      <c r="B13" s="19"/>
+      <c r="C13" s="33" t="s">
         <v>14</v>
       </c>
-      <c r="D13" s="17"/>
-[...4 lines deleted...]
-      <c r="I13" s="17"/>
+      <c r="D13" s="33"/>
+      <c r="E13" s="33"/>
+      <c r="F13" s="33"/>
+      <c r="G13" s="33"/>
+      <c r="H13" s="33"/>
+      <c r="I13" s="33"/>
     </row>
     <row r="14" spans="1:9">
-      <c r="A14" s="22" t="s">
+      <c r="A14" s="18" t="s">
         <v>5</v>
       </c>
-      <c r="B14" s="23"/>
-      <c r="C14" s="17" t="s">
+      <c r="B14" s="19"/>
+      <c r="C14" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="D14" s="17"/>
-[...4 lines deleted...]
-      <c r="I14" s="17"/>
+      <c r="D14" s="33"/>
+      <c r="E14" s="33"/>
+      <c r="F14" s="33"/>
+      <c r="G14" s="33"/>
+      <c r="H14" s="33"/>
+      <c r="I14" s="33"/>
     </row>
     <row r="15" spans="1:9">
-      <c r="A15" s="22" t="s">
+      <c r="A15" s="18" t="s">
         <v>6</v>
       </c>
-      <c r="B15" s="23"/>
-      <c r="C15" s="17" t="s">
+      <c r="B15" s="19"/>
+      <c r="C15" s="33" t="s">
         <v>14</v>
       </c>
-      <c r="D15" s="17"/>
-[...4 lines deleted...]
-      <c r="I15" s="17"/>
+      <c r="D15" s="33"/>
+      <c r="E15" s="33"/>
+      <c r="F15" s="33"/>
+      <c r="G15" s="33"/>
+      <c r="H15" s="33"/>
+      <c r="I15" s="33"/>
     </row>
     <row r="16" spans="1:9">
-      <c r="A16" s="22" t="s">
+      <c r="A16" s="18" t="s">
         <v>7</v>
       </c>
-      <c r="B16" s="23"/>
-      <c r="C16" s="17" t="s">
+      <c r="B16" s="19"/>
+      <c r="C16" s="33" t="s">
         <v>14</v>
       </c>
-      <c r="D16" s="17"/>
-[...4 lines deleted...]
-      <c r="I16" s="17"/>
+      <c r="D16" s="33"/>
+      <c r="E16" s="33"/>
+      <c r="F16" s="33"/>
+      <c r="G16" s="33"/>
+      <c r="H16" s="33"/>
+      <c r="I16" s="33"/>
     </row>
     <row r="17" spans="1:9">
-      <c r="A17" s="18" t="s">
+      <c r="A17" s="30" t="s">
         <v>8</v>
       </c>
-      <c r="B17" s="18"/>
-      <c r="C17" s="17" t="s">
+      <c r="B17" s="30"/>
+      <c r="C17" s="33" t="s">
         <v>14</v>
       </c>
-      <c r="D17" s="17"/>
-[...4 lines deleted...]
-      <c r="I17" s="17"/>
+      <c r="D17" s="33"/>
+      <c r="E17" s="33"/>
+      <c r="F17" s="33"/>
+      <c r="G17" s="33"/>
+      <c r="H17" s="33"/>
+      <c r="I17" s="33"/>
     </row>
     <row r="18" spans="1:9">
-      <c r="A18" s="18" t="s">
+      <c r="A18" s="30" t="s">
         <v>9</v>
       </c>
-      <c r="B18" s="18"/>
-[...6 lines deleted...]
-      <c r="I18" s="18"/>
+      <c r="B18" s="30"/>
+      <c r="C18" s="30"/>
+      <c r="D18" s="30"/>
+      <c r="E18" s="30"/>
+      <c r="F18" s="30"/>
+      <c r="G18" s="30"/>
+      <c r="H18" s="30"/>
+      <c r="I18" s="30"/>
     </row>
     <row r="19" spans="1:9">
-      <c r="A19" s="18" t="s">
+      <c r="A19" s="30" t="s">
         <v>10</v>
       </c>
-      <c r="B19" s="18"/>
-      <c r="C19" s="17" t="s">
+      <c r="B19" s="30"/>
+      <c r="C19" s="33" t="s">
         <v>14</v>
       </c>
-      <c r="D19" s="17"/>
-[...4 lines deleted...]
-      <c r="I19" s="17"/>
+      <c r="D19" s="33"/>
+      <c r="E19" s="33"/>
+      <c r="F19" s="33"/>
+      <c r="G19" s="33"/>
+      <c r="H19" s="33"/>
+      <c r="I19" s="33"/>
     </row>
     <row r="20" spans="1:9">
-      <c r="A20" s="18" t="s">
+      <c r="A20" s="30" t="s">
         <v>11</v>
       </c>
-      <c r="B20" s="18"/>
-      <c r="C20" s="17" t="s">
+      <c r="B20" s="30"/>
+      <c r="C20" s="33" t="s">
         <v>14</v>
       </c>
-      <c r="D20" s="17"/>
-[...4 lines deleted...]
-      <c r="I20" s="17"/>
+      <c r="D20" s="33"/>
+      <c r="E20" s="33"/>
+      <c r="F20" s="33"/>
+      <c r="G20" s="33"/>
+      <c r="H20" s="33"/>
+      <c r="I20" s="33"/>
     </row>
     <row r="21" spans="1:9">
-      <c r="A21" s="18" t="s">
+      <c r="A21" s="30" t="s">
         <v>26</v>
       </c>
-      <c r="B21" s="18"/>
-      <c r="C21" s="17" t="s">
+      <c r="B21" s="30"/>
+      <c r="C21" s="33" t="s">
         <v>14</v>
       </c>
-      <c r="D21" s="17"/>
-[...4 lines deleted...]
-      <c r="I21" s="17"/>
+      <c r="D21" s="33"/>
+      <c r="E21" s="33"/>
+      <c r="F21" s="33"/>
+      <c r="G21" s="33"/>
+      <c r="H21" s="33"/>
+      <c r="I21" s="33"/>
     </row>
     <row r="22" spans="1:9">
-      <c r="A22" s="18" t="s">
+      <c r="A22" s="30" t="s">
         <v>12</v>
       </c>
-      <c r="B22" s="18"/>
-      <c r="C22" s="17" t="s">
+      <c r="B22" s="30"/>
+      <c r="C22" s="33" t="s">
         <v>16</v>
       </c>
-      <c r="D22" s="17"/>
-[...4 lines deleted...]
-      <c r="I22" s="17"/>
+      <c r="D22" s="33"/>
+      <c r="E22" s="33"/>
+      <c r="F22" s="33"/>
+      <c r="G22" s="33"/>
+      <c r="H22" s="33"/>
+      <c r="I22" s="33"/>
     </row>
     <row r="23" spans="1:9">
-      <c r="A23" s="18" t="s">
+      <c r="A23" s="30" t="s">
         <v>13</v>
       </c>
-      <c r="B23" s="18"/>
-      <c r="C23" s="17" t="s">
+      <c r="B23" s="30"/>
+      <c r="C23" s="33" t="s">
         <v>16</v>
       </c>
-      <c r="D23" s="17"/>
-[...4 lines deleted...]
-      <c r="I23" s="17"/>
+      <c r="D23" s="33"/>
+      <c r="E23" s="33"/>
+      <c r="F23" s="33"/>
+      <c r="G23" s="33"/>
+      <c r="H23" s="33"/>
+      <c r="I23" s="33"/>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="5"/>
       <c r="B24" s="5"/>
       <c r="C24" s="16"/>
       <c r="D24" s="16"/>
       <c r="E24" s="16"/>
       <c r="F24" s="16"/>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="15"/>
       <c r="B25" s="5"/>
       <c r="C25" s="6"/>
       <c r="D25" s="6"/>
       <c r="E25" s="6"/>
       <c r="F25" s="6"/>
     </row>
     <row r="26" spans="1:9" ht="16.5">
       <c r="A26" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="16.5">
       <c r="A28" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B28" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="C28" s="19" t="s">
+      <c r="C28" s="29" t="s">
         <v>20</v>
       </c>
-      <c r="D28" s="19"/>
-[...1 lines deleted...]
-      <c r="F28" s="19"/>
+      <c r="D28" s="29"/>
+      <c r="E28" s="29"/>
+      <c r="F28" s="29"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="8">
-        <v>139</v>
+        <v>2910</v>
       </c>
       <c r="B29" s="9" t="s">
-        <v>1214</v>
+        <v>237</v>
       </c>
       <c r="C29" s="12" t="s">
         <v>25</v>
       </c>
       <c r="D29" s="13"/>
       <c r="E29" s="13"/>
       <c r="F29" s="14"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="8">
-        <v>1783</v>
+        <v>2911</v>
       </c>
       <c r="B30" s="9" t="s">
-        <v>996</v>
+        <v>155</v>
       </c>
       <c r="C30" s="12" t="s">
         <v>25</v>
       </c>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="8">
-        <v>2650</v>
+        <v>2925</v>
       </c>
       <c r="B31" s="9" t="s">
-        <v>1215</v>
+        <v>236</v>
       </c>
       <c r="C31" s="12" t="s">
         <v>25</v>
       </c>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="8">
-        <v>2652</v>
+        <v>11077</v>
       </c>
       <c r="B32" s="9" t="s">
-        <v>596</v>
+        <v>156</v>
       </c>
       <c r="C32" s="12" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="8">
-        <v>2949</v>
+        <v>11078</v>
       </c>
       <c r="B33" s="9" t="s">
-        <v>430</v>
+        <v>157</v>
       </c>
       <c r="C33" s="12" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="8">
-        <v>2950</v>
+        <v>11079</v>
       </c>
       <c r="B34" s="9" t="s">
-        <v>1532</v>
+        <v>158</v>
       </c>
       <c r="C34" s="12" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="8">
-        <v>2951</v>
+        <v>11080</v>
       </c>
       <c r="B35" s="9" t="s">
-        <v>1352</v>
+        <v>238</v>
       </c>
       <c r="C35" s="12" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="8">
-        <v>5959</v>
+        <v>11081</v>
       </c>
       <c r="B36" s="9" t="s">
-        <v>1213</v>
+        <v>239</v>
       </c>
       <c r="C36" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="8">
-        <v>5964</v>
+        <v>26362</v>
       </c>
       <c r="B37" s="9" t="s">
-        <v>1531</v>
+        <v>159</v>
       </c>
       <c r="C37" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="8">
-        <v>8153</v>
+        <v>26363</v>
       </c>
       <c r="B38" s="9" t="s">
-        <v>997</v>
+        <v>160</v>
       </c>
       <c r="C38" s="12" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="8">
-        <v>8549</v>
+        <v>26364</v>
       </c>
       <c r="B39" s="9" t="s">
-        <v>1216</v>
+        <v>161</v>
       </c>
       <c r="C39" s="12" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="8">
-        <v>10058</v>
+        <v>26365</v>
       </c>
       <c r="B40" s="9" t="s">
-        <v>1217</v>
+        <v>162</v>
       </c>
       <c r="C40" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="8">
-        <v>10059</v>
+        <v>26366</v>
       </c>
       <c r="B41" s="9" t="s">
-        <v>1218</v>
+        <v>163</v>
       </c>
       <c r="C41" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="8">
-        <v>10060</v>
+        <v>26367</v>
       </c>
       <c r="B42" s="9" t="s">
-        <v>1219</v>
+        <v>164</v>
       </c>
       <c r="C42" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="8">
-        <v>10061</v>
+        <v>26368</v>
       </c>
       <c r="B43" s="9" t="s">
-        <v>1353</v>
+        <v>165</v>
       </c>
       <c r="C43" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="8">
-        <v>10062</v>
+        <v>26370</v>
       </c>
       <c r="B44" s="9" t="s">
-        <v>1354</v>
+        <v>166</v>
       </c>
       <c r="C44" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="8">
-        <v>10063</v>
+        <v>26371</v>
       </c>
       <c r="B45" s="9" t="s">
-        <v>1355</v>
+        <v>167</v>
       </c>
       <c r="C45" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="8">
-        <v>10064</v>
+        <v>26374</v>
       </c>
       <c r="B46" s="9" t="s">
-        <v>1356</v>
+        <v>168</v>
       </c>
       <c r="C46" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="8">
-        <v>10065</v>
+        <v>26375</v>
       </c>
       <c r="B47" s="9" t="s">
-        <v>1533</v>
+        <v>169</v>
       </c>
       <c r="C47" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="8">
-        <v>10066</v>
+        <v>26376</v>
       </c>
       <c r="B48" s="9" t="s">
-        <v>1534</v>
+        <v>170</v>
       </c>
       <c r="C48" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="14"/>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="8">
-        <v>10067</v>
+        <v>26377</v>
       </c>
       <c r="B49" s="9" t="s">
-        <v>1535</v>
+        <v>171</v>
       </c>
       <c r="C49" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D49" s="13"/>
       <c r="E49" s="13"/>
       <c r="F49" s="14"/>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="8">
-        <v>10068</v>
+        <v>26378</v>
       </c>
       <c r="B50" s="9" t="s">
-        <v>1536</v>
+        <v>172</v>
       </c>
       <c r="C50" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D50" s="13"/>
       <c r="E50" s="13"/>
       <c r="F50" s="14"/>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="8">
-        <v>21191</v>
+        <v>26379</v>
       </c>
       <c r="B51" s="9" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="C51" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D51" s="13"/>
       <c r="E51" s="13"/>
       <c r="F51" s="14"/>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="8">
-        <v>21192</v>
+        <v>26380</v>
       </c>
       <c r="B52" s="9" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C52" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D52" s="13"/>
       <c r="E52" s="13"/>
       <c r="F52" s="14"/>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="8">
-        <v>21193</v>
+        <v>26383</v>
       </c>
       <c r="B53" s="9" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C53" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D53" s="13"/>
       <c r="E53" s="13"/>
       <c r="F53" s="14"/>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="8">
-        <v>21194</v>
+        <v>26384</v>
       </c>
       <c r="B54" s="9" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C54" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D54" s="13"/>
       <c r="E54" s="13"/>
       <c r="F54" s="14"/>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="8">
-        <v>21195</v>
+        <v>26385</v>
       </c>
       <c r="B55" s="9" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C55" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D55" s="13"/>
       <c r="E55" s="13"/>
       <c r="F55" s="14"/>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="8">
-        <v>21196</v>
+        <v>26387</v>
       </c>
       <c r="B56" s="9" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C56" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D56" s="13"/>
       <c r="E56" s="13"/>
       <c r="F56" s="14"/>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="8">
-        <v>21197</v>
+        <v>26389</v>
       </c>
       <c r="B57" s="9" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C57" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D57" s="13"/>
       <c r="E57" s="13"/>
       <c r="F57" s="14"/>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" s="8">
-        <v>21198</v>
+        <v>26390</v>
       </c>
       <c r="B58" s="9" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C58" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D58" s="13"/>
       <c r="E58" s="13"/>
       <c r="F58" s="14"/>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" s="8">
-        <v>21199</v>
+        <v>26391</v>
       </c>
       <c r="B59" s="9" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="C59" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D59" s="13"/>
       <c r="E59" s="13"/>
       <c r="F59" s="14"/>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" s="8">
-        <v>21200</v>
+        <v>26392</v>
       </c>
       <c r="B60" s="9" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="C60" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D60" s="13"/>
       <c r="E60" s="13"/>
       <c r="F60" s="14"/>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" s="8">
-        <v>21201</v>
+        <v>26393</v>
       </c>
       <c r="B61" s="9" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C61" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D61" s="13"/>
       <c r="E61" s="13"/>
       <c r="F61" s="14"/>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" s="8">
-        <v>21202</v>
+        <v>26394</v>
       </c>
       <c r="B62" s="9" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C62" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D62" s="13"/>
       <c r="E62" s="13"/>
       <c r="F62" s="14"/>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" s="8">
-        <v>21203</v>
+        <v>26398</v>
       </c>
       <c r="B63" s="9" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="C63" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D63" s="13"/>
       <c r="E63" s="13"/>
       <c r="F63" s="14"/>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" s="8">
-        <v>21204</v>
+        <v>26400</v>
       </c>
       <c r="B64" s="9" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C64" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D64" s="13"/>
       <c r="E64" s="13"/>
       <c r="F64" s="14"/>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" s="8">
-        <v>21206</v>
+        <v>26401</v>
       </c>
       <c r="B65" s="9" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="C65" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D65" s="13"/>
       <c r="E65" s="13"/>
       <c r="F65" s="14"/>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" s="8">
-        <v>21207</v>
+        <v>26402</v>
       </c>
       <c r="B66" s="9" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="C66" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D66" s="13"/>
       <c r="E66" s="13"/>
       <c r="F66" s="14"/>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" s="8">
-        <v>21208</v>
+        <v>26403</v>
       </c>
       <c r="B67" s="9" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="C67" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D67" s="13"/>
       <c r="E67" s="13"/>
       <c r="F67" s="14"/>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" s="8">
-        <v>21209</v>
+        <v>26404</v>
       </c>
       <c r="B68" s="9" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C68" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D68" s="13"/>
       <c r="E68" s="13"/>
       <c r="F68" s="14"/>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" s="8">
-        <v>21210</v>
+        <v>26405</v>
       </c>
       <c r="B69" s="9" t="s">
-        <v>192</v>
+        <v>240</v>
       </c>
       <c r="C69" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D69" s="13"/>
       <c r="E69" s="13"/>
       <c r="F69" s="14"/>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" s="8">
-        <v>21211</v>
+        <v>26406</v>
       </c>
       <c r="B70" s="9" t="s">
-        <v>193</v>
+        <v>241</v>
       </c>
       <c r="C70" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D70" s="13"/>
       <c r="E70" s="13"/>
       <c r="F70" s="14"/>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" s="8">
-        <v>21213</v>
+        <v>26407</v>
       </c>
       <c r="B71" s="9" t="s">
-        <v>194</v>
+        <v>242</v>
       </c>
       <c r="C71" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D71" s="13"/>
       <c r="E71" s="13"/>
       <c r="F71" s="14"/>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" s="8">
-        <v>21214</v>
+        <v>26408</v>
       </c>
       <c r="B72" s="9" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="C72" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D72" s="13"/>
       <c r="E72" s="13"/>
       <c r="F72" s="14"/>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" s="8">
-        <v>21215</v>
+        <v>26410</v>
       </c>
       <c r="B73" s="9" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="C73" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D73" s="13"/>
       <c r="E73" s="13"/>
       <c r="F73" s="14"/>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" s="8">
-        <v>21216</v>
+        <v>26411</v>
       </c>
       <c r="B74" s="9" t="s">
-        <v>197</v>
+        <v>245</v>
       </c>
       <c r="C74" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D74" s="13"/>
       <c r="E74" s="13"/>
       <c r="F74" s="14"/>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" s="8">
-        <v>21217</v>
+        <v>26414</v>
       </c>
       <c r="B75" s="9" t="s">
-        <v>198</v>
+        <v>246</v>
       </c>
       <c r="C75" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D75" s="13"/>
       <c r="E75" s="13"/>
       <c r="F75" s="14"/>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" s="8">
-        <v>21218</v>
+        <v>26415</v>
       </c>
       <c r="B76" s="9" t="s">
-        <v>199</v>
+        <v>247</v>
       </c>
       <c r="C76" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D76" s="13"/>
       <c r="E76" s="13"/>
       <c r="F76" s="14"/>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" s="8">
-        <v>21219</v>
+        <v>26416</v>
       </c>
       <c r="B77" s="9" t="s">
-        <v>200</v>
+        <v>248</v>
       </c>
       <c r="C77" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D77" s="13"/>
       <c r="E77" s="13"/>
       <c r="F77" s="14"/>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" s="8">
-        <v>21220</v>
+        <v>26417</v>
       </c>
       <c r="B78" s="9" t="s">
-        <v>201</v>
+        <v>249</v>
       </c>
       <c r="C78" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D78" s="13"/>
       <c r="E78" s="13"/>
       <c r="F78" s="14"/>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" s="8">
-        <v>21223</v>
+        <v>26418</v>
       </c>
       <c r="B79" s="9" t="s">
-        <v>202</v>
+        <v>250</v>
       </c>
       <c r="C79" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D79" s="13"/>
       <c r="E79" s="13"/>
       <c r="F79" s="14"/>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" s="8">
-        <v>21224</v>
+        <v>26420</v>
       </c>
       <c r="B80" s="9" t="s">
-        <v>203</v>
+        <v>251</v>
       </c>
       <c r="C80" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D80" s="13"/>
       <c r="E80" s="13"/>
       <c r="F80" s="14"/>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" s="8">
-        <v>21225</v>
+        <v>26421</v>
       </c>
       <c r="B81" s="9" t="s">
-        <v>204</v>
+        <v>252</v>
       </c>
       <c r="C81" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D81" s="13"/>
       <c r="E81" s="13"/>
       <c r="F81" s="14"/>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" s="8">
-        <v>21226</v>
+        <v>26422</v>
       </c>
       <c r="B82" s="9" t="s">
-        <v>205</v>
+        <v>253</v>
       </c>
       <c r="C82" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D82" s="13"/>
       <c r="E82" s="13"/>
       <c r="F82" s="14"/>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" s="8">
-        <v>21227</v>
+        <v>26423</v>
       </c>
       <c r="B83" s="9" t="s">
-        <v>206</v>
+        <v>254</v>
       </c>
       <c r="C83" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D83" s="13"/>
       <c r="E83" s="13"/>
       <c r="F83" s="14"/>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" s="8">
-        <v>21228</v>
+        <v>26424</v>
       </c>
       <c r="B84" s="9" t="s">
-        <v>207</v>
+        <v>255</v>
       </c>
       <c r="C84" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D84" s="13"/>
       <c r="E84" s="13"/>
       <c r="F84" s="14"/>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" s="8">
-        <v>21229</v>
+        <v>26425</v>
       </c>
       <c r="B85" s="9" t="s">
-        <v>208</v>
+        <v>256</v>
       </c>
       <c r="C85" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D85" s="13"/>
       <c r="E85" s="13"/>
       <c r="F85" s="14"/>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" s="8">
-        <v>21230</v>
+        <v>26426</v>
       </c>
       <c r="B86" s="9" t="s">
-        <v>209</v>
+        <v>257</v>
       </c>
       <c r="C86" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D86" s="13"/>
       <c r="E86" s="13"/>
       <c r="F86" s="14"/>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" s="8">
-        <v>21231</v>
+        <v>26427</v>
       </c>
       <c r="B87" s="9" t="s">
-        <v>210</v>
+        <v>258</v>
       </c>
       <c r="C87" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D87" s="13"/>
       <c r="E87" s="13"/>
       <c r="F87" s="14"/>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" s="8">
-        <v>21232</v>
+        <v>26428</v>
       </c>
       <c r="B88" s="9" t="s">
-        <v>211</v>
+        <v>259</v>
       </c>
       <c r="C88" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D88" s="13"/>
       <c r="E88" s="13"/>
       <c r="F88" s="14"/>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" s="8">
-        <v>21233</v>
+        <v>26429</v>
       </c>
       <c r="B89" s="9" t="s">
-        <v>212</v>
+        <v>260</v>
       </c>
       <c r="C89" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D89" s="13"/>
       <c r="E89" s="13"/>
       <c r="F89" s="14"/>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" s="8">
-        <v>21234</v>
+        <v>26430</v>
       </c>
       <c r="B90" s="9" t="s">
-        <v>213</v>
+        <v>261</v>
       </c>
       <c r="C90" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D90" s="13"/>
       <c r="E90" s="13"/>
       <c r="F90" s="14"/>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" s="8">
-        <v>21235</v>
+        <v>26432</v>
       </c>
       <c r="B91" s="9" t="s">
-        <v>214</v>
+        <v>262</v>
       </c>
       <c r="C91" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D91" s="13"/>
       <c r="E91" s="13"/>
       <c r="F91" s="14"/>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" s="8">
-        <v>21236</v>
+        <v>26434</v>
       </c>
       <c r="B92" s="9" t="s">
-        <v>215</v>
+        <v>263</v>
       </c>
       <c r="C92" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D92" s="13"/>
       <c r="E92" s="13"/>
       <c r="F92" s="14"/>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" s="8">
-        <v>21237</v>
+        <v>26435</v>
       </c>
       <c r="B93" s="9" t="s">
-        <v>216</v>
+        <v>264</v>
       </c>
       <c r="C93" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D93" s="13"/>
       <c r="E93" s="13"/>
       <c r="F93" s="14"/>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" s="8">
-        <v>21238</v>
+        <v>26436</v>
       </c>
       <c r="B94" s="9" t="s">
-        <v>217</v>
+        <v>265</v>
       </c>
       <c r="C94" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D94" s="13"/>
       <c r="E94" s="13"/>
       <c r="F94" s="14"/>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" s="8">
-        <v>21240</v>
+        <v>26437</v>
       </c>
       <c r="B95" s="9" t="s">
-        <v>218</v>
+        <v>266</v>
       </c>
       <c r="C95" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D95" s="13"/>
       <c r="E95" s="13"/>
       <c r="F95" s="14"/>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" s="8">
-        <v>21241</v>
+        <v>26438</v>
       </c>
       <c r="B96" s="9" t="s">
-        <v>219</v>
+        <v>267</v>
       </c>
       <c r="C96" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D96" s="13"/>
       <c r="E96" s="13"/>
       <c r="F96" s="14"/>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" s="8">
-        <v>21242</v>
+        <v>26439</v>
       </c>
       <c r="B97" s="9" t="s">
-        <v>220</v>
+        <v>268</v>
       </c>
       <c r="C97" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D97" s="13"/>
       <c r="E97" s="13"/>
       <c r="F97" s="14"/>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" s="8">
-        <v>21243</v>
+        <v>26440</v>
       </c>
       <c r="B98" s="9" t="s">
-        <v>291</v>
+        <v>269</v>
       </c>
       <c r="C98" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D98" s="13"/>
       <c r="E98" s="13"/>
       <c r="F98" s="14"/>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" s="8">
-        <v>21244</v>
+        <v>26442</v>
       </c>
       <c r="B99" s="9" t="s">
-        <v>292</v>
+        <v>270</v>
       </c>
       <c r="C99" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D99" s="13"/>
       <c r="E99" s="13"/>
       <c r="F99" s="14"/>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" s="8">
-        <v>21245</v>
+        <v>26444</v>
       </c>
       <c r="B100" s="9" t="s">
-        <v>293</v>
+        <v>271</v>
       </c>
       <c r="C100" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D100" s="13"/>
       <c r="E100" s="13"/>
       <c r="F100" s="14"/>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" s="8">
-        <v>21249</v>
+        <v>26445</v>
       </c>
       <c r="B101" s="9" t="s">
-        <v>294</v>
+        <v>272</v>
       </c>
       <c r="C101" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D101" s="13"/>
       <c r="E101" s="13"/>
       <c r="F101" s="14"/>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" s="8">
-        <v>21250</v>
+        <v>26446</v>
       </c>
       <c r="B102" s="9" t="s">
-        <v>295</v>
+        <v>273</v>
       </c>
       <c r="C102" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D102" s="13"/>
       <c r="E102" s="13"/>
       <c r="F102" s="14"/>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" s="8">
-        <v>21251</v>
+        <v>26448</v>
       </c>
       <c r="B103" s="9" t="s">
-        <v>296</v>
+        <v>274</v>
       </c>
       <c r="C103" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D103" s="13"/>
       <c r="E103" s="13"/>
       <c r="F103" s="14"/>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" s="8">
-        <v>21252</v>
+        <v>26450</v>
       </c>
       <c r="B104" s="9" t="s">
-        <v>297</v>
+        <v>275</v>
       </c>
       <c r="C104" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D104" s="13"/>
       <c r="E104" s="13"/>
       <c r="F104" s="14"/>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" s="8">
-        <v>21254</v>
+        <v>26451</v>
       </c>
       <c r="B105" s="9" t="s">
-        <v>298</v>
+        <v>276</v>
       </c>
       <c r="C105" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D105" s="13"/>
       <c r="E105" s="13"/>
       <c r="F105" s="14"/>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" s="8">
-        <v>21255</v>
+        <v>26452</v>
       </c>
       <c r="B106" s="9" t="s">
-        <v>299</v>
+        <v>277</v>
       </c>
       <c r="C106" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D106" s="13"/>
       <c r="E106" s="13"/>
       <c r="F106" s="14"/>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" s="8">
-        <v>21257</v>
+        <v>26453</v>
       </c>
       <c r="B107" s="9" t="s">
-        <v>300</v>
+        <v>278</v>
       </c>
       <c r="C107" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D107" s="13"/>
       <c r="E107" s="13"/>
       <c r="F107" s="14"/>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" s="8">
-        <v>21258</v>
+        <v>26455</v>
       </c>
       <c r="B108" s="9" t="s">
-        <v>301</v>
+        <v>279</v>
       </c>
       <c r="C108" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D108" s="13"/>
       <c r="E108" s="13"/>
       <c r="F108" s="14"/>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" s="8">
-        <v>21259</v>
+        <v>26457</v>
       </c>
       <c r="B109" s="9" t="s">
-        <v>302</v>
+        <v>280</v>
       </c>
       <c r="C109" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D109" s="13"/>
       <c r="E109" s="13"/>
       <c r="F109" s="14"/>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" s="8">
-        <v>21260</v>
+        <v>26459</v>
       </c>
       <c r="B110" s="9" t="s">
-        <v>303</v>
+        <v>281</v>
       </c>
       <c r="C110" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D110" s="13"/>
       <c r="E110" s="13"/>
       <c r="F110" s="14"/>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" s="8">
-        <v>21261</v>
+        <v>26460</v>
       </c>
       <c r="B111" s="9" t="s">
-        <v>304</v>
+        <v>374</v>
       </c>
       <c r="C111" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D111" s="13"/>
       <c r="E111" s="13"/>
       <c r="F111" s="14"/>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" s="8">
-        <v>21262</v>
+        <v>26461</v>
       </c>
       <c r="B112" s="9" t="s">
-        <v>305</v>
+        <v>375</v>
       </c>
       <c r="C112" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D112" s="13"/>
       <c r="E112" s="13"/>
       <c r="F112" s="14"/>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" s="8">
-        <v>21263</v>
+        <v>26462</v>
       </c>
       <c r="B113" s="9" t="s">
-        <v>306</v>
+        <v>376</v>
       </c>
       <c r="C113" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D113" s="13"/>
       <c r="E113" s="13"/>
       <c r="F113" s="14"/>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" s="8">
-        <v>21264</v>
+        <v>26464</v>
       </c>
       <c r="B114" s="9" t="s">
-        <v>307</v>
+        <v>377</v>
       </c>
       <c r="C114" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D114" s="13"/>
       <c r="E114" s="13"/>
       <c r="F114" s="14"/>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" s="8">
-        <v>21266</v>
+        <v>26465</v>
       </c>
       <c r="B115" s="9" t="s">
-        <v>308</v>
+        <v>378</v>
       </c>
       <c r="C115" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D115" s="13"/>
       <c r="E115" s="13"/>
       <c r="F115" s="14"/>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" s="8">
-        <v>21267</v>
+        <v>26466</v>
       </c>
       <c r="B116" s="9" t="s">
-        <v>309</v>
+        <v>379</v>
       </c>
       <c r="C116" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D116" s="13"/>
       <c r="E116" s="13"/>
       <c r="F116" s="14"/>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" s="8">
-        <v>21268</v>
+        <v>26468</v>
       </c>
       <c r="B117" s="9" t="s">
-        <v>310</v>
+        <v>380</v>
       </c>
       <c r="C117" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D117" s="13"/>
       <c r="E117" s="13"/>
       <c r="F117" s="14"/>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" s="8">
-        <v>21269</v>
+        <v>26469</v>
       </c>
       <c r="B118" s="9" t="s">
-        <v>311</v>
+        <v>381</v>
       </c>
       <c r="C118" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D118" s="13"/>
       <c r="E118" s="13"/>
       <c r="F118" s="14"/>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" s="8">
-        <v>21270</v>
+        <v>26470</v>
       </c>
       <c r="B119" s="9" t="s">
-        <v>312</v>
+        <v>382</v>
       </c>
       <c r="C119" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D119" s="13"/>
       <c r="E119" s="13"/>
       <c r="F119" s="14"/>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" s="8">
-        <v>21271</v>
+        <v>26471</v>
       </c>
       <c r="B120" s="9" t="s">
-        <v>313</v>
+        <v>383</v>
       </c>
       <c r="C120" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D120" s="13"/>
       <c r="E120" s="13"/>
       <c r="F120" s="14"/>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" s="8">
-        <v>21272</v>
+        <v>26473</v>
       </c>
       <c r="B121" s="9" t="s">
-        <v>314</v>
+        <v>384</v>
       </c>
       <c r="C121" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D121" s="13"/>
       <c r="E121" s="13"/>
       <c r="F121" s="14"/>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" s="8">
-        <v>21273</v>
+        <v>26474</v>
       </c>
       <c r="B122" s="9" t="s">
-        <v>315</v>
+        <v>385</v>
       </c>
       <c r="C122" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D122" s="13"/>
       <c r="E122" s="13"/>
       <c r="F122" s="14"/>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" s="8">
-        <v>21274</v>
+        <v>26475</v>
       </c>
       <c r="B123" s="9" t="s">
-        <v>316</v>
+        <v>386</v>
       </c>
       <c r="C123" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D123" s="13"/>
       <c r="E123" s="13"/>
       <c r="F123" s="14"/>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" s="8">
-        <v>21275</v>
+        <v>26476</v>
       </c>
       <c r="B124" s="9" t="s">
-        <v>317</v>
+        <v>387</v>
       </c>
       <c r="C124" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D124" s="13"/>
       <c r="E124" s="13"/>
       <c r="F124" s="14"/>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" s="8">
-        <v>21276</v>
+        <v>26477</v>
       </c>
       <c r="B125" s="9" t="s">
-        <v>318</v>
+        <v>388</v>
       </c>
       <c r="C125" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D125" s="13"/>
       <c r="E125" s="13"/>
       <c r="F125" s="14"/>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" s="8">
-        <v>21277</v>
+        <v>26478</v>
       </c>
       <c r="B126" s="9" t="s">
-        <v>319</v>
+        <v>389</v>
       </c>
       <c r="C126" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D126" s="13"/>
       <c r="E126" s="13"/>
       <c r="F126" s="14"/>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" s="8">
-        <v>21279</v>
+        <v>26479</v>
       </c>
       <c r="B127" s="9" t="s">
-        <v>320</v>
+        <v>390</v>
       </c>
       <c r="C127" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D127" s="13"/>
       <c r="E127" s="13"/>
       <c r="F127" s="14"/>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" s="8">
-        <v>21281</v>
+        <v>26480</v>
       </c>
       <c r="B128" s="9" t="s">
-        <v>321</v>
+        <v>391</v>
       </c>
       <c r="C128" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D128" s="13"/>
       <c r="E128" s="13"/>
       <c r="F128" s="14"/>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" s="8">
-        <v>21283</v>
+        <v>26481</v>
       </c>
       <c r="B129" s="9" t="s">
-        <v>322</v>
+        <v>392</v>
       </c>
       <c r="C129" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D129" s="13"/>
       <c r="E129" s="13"/>
       <c r="F129" s="14"/>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" s="8">
-        <v>21284</v>
+        <v>26482</v>
       </c>
       <c r="B130" s="9" t="s">
-        <v>323</v>
+        <v>393</v>
       </c>
       <c r="C130" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D130" s="13"/>
       <c r="E130" s="13"/>
       <c r="F130" s="14"/>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" s="8">
-        <v>21285</v>
+        <v>26483</v>
       </c>
       <c r="B131" s="9" t="s">
-        <v>324</v>
+        <v>394</v>
       </c>
       <c r="C131" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D131" s="13"/>
       <c r="E131" s="13"/>
       <c r="F131" s="14"/>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" s="8">
-        <v>21286</v>
+        <v>26484</v>
       </c>
       <c r="B132" s="9" t="s">
-        <v>325</v>
+        <v>395</v>
       </c>
       <c r="C132" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D132" s="13"/>
       <c r="E132" s="13"/>
       <c r="F132" s="14"/>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" s="8">
-        <v>21287</v>
+        <v>26485</v>
       </c>
       <c r="B133" s="9" t="s">
-        <v>326</v>
+        <v>396</v>
       </c>
       <c r="C133" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D133" s="13"/>
       <c r="E133" s="13"/>
       <c r="F133" s="14"/>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" s="8">
-        <v>21288</v>
+        <v>26486</v>
       </c>
       <c r="B134" s="9" t="s">
-        <v>327</v>
+        <v>397</v>
       </c>
       <c r="C134" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D134" s="13"/>
       <c r="E134" s="13"/>
       <c r="F134" s="14"/>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" s="8">
-        <v>21290</v>
+        <v>26487</v>
       </c>
       <c r="B135" s="9" t="s">
-        <v>328</v>
+        <v>398</v>
       </c>
       <c r="C135" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D135" s="13"/>
       <c r="E135" s="13"/>
       <c r="F135" s="14"/>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" s="8">
-        <v>21291</v>
+        <v>26488</v>
       </c>
       <c r="B136" s="9" t="s">
-        <v>329</v>
+        <v>399</v>
       </c>
       <c r="C136" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D136" s="13"/>
       <c r="E136" s="13"/>
       <c r="F136" s="14"/>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" s="8">
-        <v>21292</v>
+        <v>26490</v>
       </c>
       <c r="B137" s="9" t="s">
-        <v>330</v>
+        <v>400</v>
       </c>
       <c r="C137" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D137" s="13"/>
       <c r="E137" s="13"/>
       <c r="F137" s="14"/>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" s="8">
-        <v>21293</v>
+        <v>26491</v>
       </c>
       <c r="B138" s="9" t="s">
-        <v>331</v>
+        <v>401</v>
       </c>
       <c r="C138" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D138" s="13"/>
       <c r="E138" s="13"/>
       <c r="F138" s="14"/>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" s="8">
-        <v>21294</v>
+        <v>26493</v>
       </c>
       <c r="B139" s="9" t="s">
-        <v>332</v>
+        <v>402</v>
       </c>
       <c r="C139" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D139" s="13"/>
       <c r="E139" s="13"/>
       <c r="F139" s="14"/>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" s="8">
-        <v>21297</v>
+        <v>26494</v>
       </c>
       <c r="B140" s="9" t="s">
-        <v>333</v>
+        <v>403</v>
       </c>
       <c r="C140" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D140" s="13"/>
       <c r="E140" s="13"/>
       <c r="F140" s="14"/>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" s="8">
-        <v>21298</v>
+        <v>26495</v>
       </c>
       <c r="B141" s="9" t="s">
-        <v>334</v>
+        <v>404</v>
       </c>
       <c r="C141" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D141" s="13"/>
       <c r="E141" s="13"/>
       <c r="F141" s="14"/>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="8">
-        <v>21299</v>
+        <v>26496</v>
       </c>
       <c r="B142" s="9" t="s">
-        <v>335</v>
+        <v>405</v>
       </c>
       <c r="C142" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D142" s="13"/>
       <c r="E142" s="13"/>
       <c r="F142" s="14"/>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" s="8">
-        <v>21300</v>
+        <v>26497</v>
       </c>
       <c r="B143" s="9" t="s">
-        <v>336</v>
+        <v>406</v>
       </c>
       <c r="C143" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D143" s="13"/>
       <c r="E143" s="13"/>
       <c r="F143" s="14"/>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" s="8">
-        <v>21301</v>
+        <v>26498</v>
       </c>
       <c r="B144" s="9" t="s">
-        <v>337</v>
+        <v>407</v>
       </c>
       <c r="C144" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D144" s="13"/>
       <c r="E144" s="13"/>
       <c r="F144" s="14"/>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" s="8">
-        <v>21302</v>
+        <v>26499</v>
       </c>
       <c r="B145" s="9" t="s">
-        <v>338</v>
+        <v>408</v>
       </c>
       <c r="C145" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D145" s="13"/>
       <c r="E145" s="13"/>
       <c r="F145" s="14"/>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" s="8">
-        <v>21303</v>
+        <v>26500</v>
       </c>
       <c r="B146" s="9" t="s">
-        <v>339</v>
+        <v>409</v>
       </c>
       <c r="C146" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D146" s="13"/>
       <c r="E146" s="13"/>
       <c r="F146" s="14"/>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" s="8">
-        <v>21304</v>
+        <v>26501</v>
       </c>
       <c r="B147" s="9" t="s">
-        <v>340</v>
+        <v>410</v>
       </c>
       <c r="C147" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D147" s="13"/>
       <c r="E147" s="13"/>
       <c r="F147" s="14"/>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" s="8">
-        <v>21305</v>
+        <v>26502</v>
       </c>
       <c r="B148" s="9" t="s">
-        <v>341</v>
+        <v>411</v>
       </c>
       <c r="C148" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D148" s="13"/>
       <c r="E148" s="13"/>
       <c r="F148" s="14"/>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" s="8">
-        <v>21306</v>
+        <v>26503</v>
       </c>
       <c r="B149" s="9" t="s">
-        <v>342</v>
+        <v>412</v>
       </c>
       <c r="C149" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D149" s="13"/>
       <c r="E149" s="13"/>
       <c r="F149" s="14"/>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" s="8">
-        <v>21307</v>
+        <v>26504</v>
       </c>
       <c r="B150" s="9" t="s">
-        <v>343</v>
+        <v>413</v>
       </c>
       <c r="C150" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D150" s="13"/>
       <c r="E150" s="13"/>
       <c r="F150" s="14"/>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" s="8">
-        <v>21308</v>
+        <v>26505</v>
       </c>
       <c r="B151" s="9" t="s">
-        <v>431</v>
+        <v>414</v>
       </c>
       <c r="C151" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D151" s="13"/>
       <c r="E151" s="13"/>
       <c r="F151" s="14"/>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" s="8">
-        <v>21309</v>
+        <v>26506</v>
       </c>
       <c r="B152" s="9" t="s">
-        <v>432</v>
+        <v>415</v>
       </c>
       <c r="C152" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D152" s="13"/>
       <c r="E152" s="13"/>
       <c r="F152" s="14"/>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" s="8">
-        <v>21310</v>
+        <v>26507</v>
       </c>
       <c r="B153" s="9" t="s">
-        <v>433</v>
+        <v>416</v>
       </c>
       <c r="C153" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D153" s="13"/>
       <c r="E153" s="13"/>
       <c r="F153" s="14"/>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" s="8">
-        <v>21311</v>
+        <v>26508</v>
       </c>
       <c r="B154" s="9" t="s">
-        <v>434</v>
+        <v>417</v>
       </c>
       <c r="C154" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D154" s="13"/>
       <c r="E154" s="13"/>
       <c r="F154" s="14"/>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" s="8">
-        <v>21314</v>
+        <v>26510</v>
       </c>
       <c r="B155" s="9" t="s">
-        <v>435</v>
+        <v>418</v>
       </c>
       <c r="C155" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D155" s="13"/>
       <c r="E155" s="13"/>
       <c r="F155" s="14"/>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" s="8">
-        <v>21315</v>
+        <v>26512</v>
       </c>
       <c r="B156" s="9" t="s">
-        <v>436</v>
+        <v>419</v>
       </c>
       <c r="C156" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D156" s="13"/>
       <c r="E156" s="13"/>
       <c r="F156" s="14"/>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" s="8">
-        <v>21316</v>
+        <v>26513</v>
       </c>
       <c r="B157" s="9" t="s">
-        <v>437</v>
+        <v>420</v>
       </c>
       <c r="C157" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D157" s="13"/>
       <c r="E157" s="13"/>
       <c r="F157" s="14"/>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" s="8">
-        <v>21317</v>
+        <v>26514</v>
       </c>
       <c r="B158" s="9" t="s">
-        <v>438</v>
+        <v>421</v>
       </c>
       <c r="C158" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D158" s="13"/>
       <c r="E158" s="13"/>
       <c r="F158" s="14"/>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" s="8">
-        <v>21318</v>
+        <v>26515</v>
       </c>
       <c r="B159" s="9" t="s">
-        <v>439</v>
+        <v>422</v>
       </c>
       <c r="C159" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D159" s="13"/>
       <c r="E159" s="13"/>
       <c r="F159" s="14"/>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" s="8">
-        <v>21319</v>
+        <v>26516</v>
       </c>
       <c r="B160" s="9" t="s">
-        <v>440</v>
+        <v>423</v>
       </c>
       <c r="C160" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D160" s="13"/>
       <c r="E160" s="13"/>
       <c r="F160" s="14"/>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" s="8">
-        <v>21320</v>
+        <v>26517</v>
       </c>
       <c r="B161" s="9" t="s">
-        <v>441</v>
+        <v>497</v>
       </c>
       <c r="C161" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D161" s="13"/>
       <c r="E161" s="13"/>
       <c r="F161" s="14"/>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" s="8">
-        <v>21322</v>
+        <v>26518</v>
       </c>
       <c r="B162" s="9" t="s">
-        <v>442</v>
+        <v>498</v>
       </c>
       <c r="C162" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D162" s="13"/>
       <c r="E162" s="13"/>
       <c r="F162" s="14"/>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" s="8">
-        <v>21323</v>
+        <v>26519</v>
       </c>
       <c r="B163" s="9" t="s">
-        <v>443</v>
+        <v>499</v>
       </c>
       <c r="C163" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D163" s="13"/>
       <c r="E163" s="13"/>
       <c r="F163" s="14"/>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" s="8">
-        <v>21324</v>
+        <v>26520</v>
       </c>
       <c r="B164" s="9" t="s">
-        <v>444</v>
+        <v>500</v>
       </c>
       <c r="C164" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D164" s="13"/>
       <c r="E164" s="13"/>
       <c r="F164" s="14"/>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" s="8">
-        <v>21325</v>
+        <v>26522</v>
       </c>
       <c r="B165" s="9" t="s">
-        <v>445</v>
+        <v>501</v>
       </c>
       <c r="C165" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D165" s="13"/>
       <c r="E165" s="13"/>
       <c r="F165" s="14"/>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" s="8">
-        <v>21326</v>
+        <v>26523</v>
       </c>
       <c r="B166" s="9" t="s">
-        <v>446</v>
+        <v>502</v>
       </c>
       <c r="C166" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D166" s="13"/>
       <c r="E166" s="13"/>
       <c r="F166" s="14"/>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" s="8">
-        <v>21327</v>
+        <v>26524</v>
       </c>
       <c r="B167" s="9" t="s">
-        <v>447</v>
+        <v>503</v>
       </c>
       <c r="C167" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D167" s="13"/>
       <c r="E167" s="13"/>
       <c r="F167" s="14"/>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" s="8">
-        <v>21328</v>
+        <v>26525</v>
       </c>
       <c r="B168" s="9" t="s">
-        <v>448</v>
+        <v>504</v>
       </c>
       <c r="C168" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D168" s="13"/>
       <c r="E168" s="13"/>
       <c r="F168" s="14"/>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" s="8">
-        <v>21330</v>
+        <v>26526</v>
       </c>
       <c r="B169" s="9" t="s">
-        <v>449</v>
+        <v>505</v>
       </c>
       <c r="C169" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D169" s="13"/>
       <c r="E169" s="13"/>
       <c r="F169" s="14"/>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" s="8">
-        <v>21331</v>
+        <v>26527</v>
       </c>
       <c r="B170" s="9" t="s">
-        <v>450</v>
+        <v>506</v>
       </c>
       <c r="C170" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D170" s="13"/>
       <c r="E170" s="13"/>
       <c r="F170" s="14"/>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" s="8">
-        <v>21332</v>
+        <v>26528</v>
       </c>
       <c r="B171" s="9" t="s">
-        <v>451</v>
+        <v>507</v>
       </c>
       <c r="C171" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D171" s="13"/>
       <c r="E171" s="13"/>
       <c r="F171" s="14"/>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" s="8">
-        <v>21333</v>
+        <v>26530</v>
       </c>
       <c r="B172" s="9" t="s">
-        <v>452</v>
+        <v>508</v>
       </c>
       <c r="C172" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D172" s="13"/>
       <c r="E172" s="13"/>
       <c r="F172" s="14"/>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" s="8">
-        <v>21334</v>
+        <v>26531</v>
       </c>
       <c r="B173" s="9" t="s">
-        <v>453</v>
+        <v>509</v>
       </c>
       <c r="C173" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D173" s="13"/>
       <c r="E173" s="13"/>
       <c r="F173" s="14"/>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" s="8">
-        <v>21335</v>
+        <v>26532</v>
       </c>
       <c r="B174" s="9" t="s">
-        <v>454</v>
+        <v>510</v>
       </c>
       <c r="C174" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D174" s="13"/>
       <c r="E174" s="13"/>
       <c r="F174" s="14"/>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" s="8">
-        <v>21336</v>
+        <v>26534</v>
       </c>
       <c r="B175" s="9" t="s">
-        <v>455</v>
+        <v>511</v>
       </c>
       <c r="C175" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D175" s="13"/>
       <c r="E175" s="13"/>
       <c r="F175" s="14"/>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" s="8">
-        <v>21337</v>
+        <v>26535</v>
       </c>
       <c r="B176" s="9" t="s">
-        <v>456</v>
+        <v>512</v>
       </c>
       <c r="C176" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D176" s="13"/>
       <c r="E176" s="13"/>
       <c r="F176" s="14"/>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" s="8">
-        <v>21339</v>
+        <v>26536</v>
       </c>
       <c r="B177" s="9" t="s">
-        <v>457</v>
+        <v>513</v>
       </c>
       <c r="C177" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D177" s="13"/>
       <c r="E177" s="13"/>
       <c r="F177" s="14"/>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" s="8">
-        <v>21340</v>
+        <v>26537</v>
       </c>
       <c r="B178" s="9" t="s">
-        <v>458</v>
+        <v>514</v>
       </c>
       <c r="C178" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D178" s="13"/>
       <c r="E178" s="13"/>
       <c r="F178" s="14"/>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" s="8">
-        <v>21341</v>
+        <v>26538</v>
       </c>
       <c r="B179" s="9" t="s">
-        <v>459</v>
+        <v>515</v>
       </c>
       <c r="C179" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D179" s="13"/>
       <c r="E179" s="13"/>
       <c r="F179" s="14"/>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" s="8">
-        <v>21343</v>
+        <v>26541</v>
       </c>
       <c r="B180" s="9" t="s">
-        <v>460</v>
+        <v>516</v>
       </c>
       <c r="C180" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D180" s="13"/>
       <c r="E180" s="13"/>
       <c r="F180" s="14"/>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" s="8">
-        <v>21344</v>
+        <v>26542</v>
       </c>
       <c r="B181" s="9" t="s">
-        <v>461</v>
+        <v>517</v>
       </c>
       <c r="C181" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D181" s="13"/>
       <c r="E181" s="13"/>
       <c r="F181" s="14"/>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" s="8">
-        <v>21345</v>
+        <v>26544</v>
       </c>
       <c r="B182" s="9" t="s">
-        <v>462</v>
+        <v>518</v>
       </c>
       <c r="C182" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D182" s="13"/>
       <c r="E182" s="13"/>
       <c r="F182" s="14"/>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" s="8">
-        <v>21346</v>
+        <v>26545</v>
       </c>
       <c r="B183" s="9" t="s">
-        <v>463</v>
+        <v>519</v>
       </c>
       <c r="C183" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D183" s="13"/>
       <c r="E183" s="13"/>
       <c r="F183" s="14"/>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" s="8">
-        <v>21347</v>
+        <v>26547</v>
       </c>
       <c r="B184" s="9" t="s">
-        <v>464</v>
+        <v>520</v>
       </c>
       <c r="C184" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D184" s="13"/>
       <c r="E184" s="13"/>
       <c r="F184" s="14"/>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" s="8">
-        <v>21348</v>
+        <v>26548</v>
       </c>
       <c r="B185" s="9" t="s">
-        <v>465</v>
+        <v>521</v>
       </c>
       <c r="C185" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D185" s="13"/>
       <c r="E185" s="13"/>
       <c r="F185" s="14"/>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" s="8">
-        <v>21349</v>
+        <v>26549</v>
       </c>
       <c r="B186" s="9" t="s">
-        <v>466</v>
+        <v>522</v>
       </c>
       <c r="C186" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D186" s="13"/>
       <c r="E186" s="13"/>
       <c r="F186" s="14"/>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" s="8">
-        <v>21350</v>
+        <v>26550</v>
       </c>
       <c r="B187" s="9" t="s">
-        <v>467</v>
+        <v>523</v>
       </c>
       <c r="C187" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D187" s="13"/>
       <c r="E187" s="13"/>
       <c r="F187" s="14"/>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" s="8">
-        <v>21351</v>
+        <v>26552</v>
       </c>
       <c r="B188" s="9" t="s">
-        <v>468</v>
+        <v>524</v>
       </c>
       <c r="C188" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D188" s="13"/>
       <c r="E188" s="13"/>
       <c r="F188" s="14"/>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" s="8">
-        <v>21352</v>
+        <v>26553</v>
       </c>
       <c r="B189" s="9" t="s">
-        <v>469</v>
+        <v>525</v>
       </c>
       <c r="C189" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D189" s="13"/>
       <c r="E189" s="13"/>
       <c r="F189" s="14"/>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" s="8">
-        <v>21353</v>
+        <v>26554</v>
       </c>
       <c r="B190" s="9" t="s">
-        <v>470</v>
+        <v>526</v>
       </c>
       <c r="C190" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D190" s="13"/>
       <c r="E190" s="13"/>
       <c r="F190" s="14"/>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" s="8">
-        <v>21354</v>
+        <v>26555</v>
       </c>
       <c r="B191" s="9" t="s">
-        <v>471</v>
+        <v>527</v>
       </c>
       <c r="C191" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D191" s="13"/>
       <c r="E191" s="13"/>
       <c r="F191" s="14"/>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" s="8">
-        <v>21355</v>
+        <v>26556</v>
       </c>
       <c r="B192" s="9" t="s">
-        <v>472</v>
+        <v>528</v>
       </c>
       <c r="C192" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D192" s="13"/>
       <c r="E192" s="13"/>
       <c r="F192" s="14"/>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" s="8">
-        <v>21356</v>
+        <v>26557</v>
       </c>
       <c r="B193" s="9" t="s">
-        <v>473</v>
+        <v>529</v>
       </c>
       <c r="C193" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D193" s="13"/>
       <c r="E193" s="13"/>
       <c r="F193" s="14"/>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" s="8">
-        <v>21357</v>
+        <v>26558</v>
       </c>
       <c r="B194" s="9" t="s">
-        <v>474</v>
+        <v>530</v>
       </c>
       <c r="C194" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D194" s="13"/>
       <c r="E194" s="13"/>
       <c r="F194" s="14"/>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" s="8">
-        <v>21358</v>
+        <v>26559</v>
       </c>
       <c r="B195" s="9" t="s">
-        <v>475</v>
+        <v>531</v>
       </c>
       <c r="C195" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D195" s="13"/>
       <c r="E195" s="13"/>
       <c r="F195" s="14"/>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" s="8">
-        <v>21359</v>
+        <v>26560</v>
       </c>
       <c r="B196" s="9" t="s">
-        <v>476</v>
+        <v>532</v>
       </c>
       <c r="C196" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D196" s="13"/>
       <c r="E196" s="13"/>
       <c r="F196" s="14"/>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" s="8">
-        <v>21360</v>
+        <v>26561</v>
       </c>
       <c r="B197" s="9" t="s">
-        <v>477</v>
+        <v>533</v>
       </c>
       <c r="C197" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D197" s="13"/>
       <c r="E197" s="13"/>
       <c r="F197" s="14"/>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" s="8">
-        <v>21361</v>
+        <v>26562</v>
       </c>
       <c r="B198" s="9" t="s">
-        <v>478</v>
+        <v>534</v>
       </c>
       <c r="C198" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D198" s="13"/>
       <c r="E198" s="13"/>
       <c r="F198" s="14"/>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" s="8">
-        <v>21362</v>
+        <v>26563</v>
       </c>
       <c r="B199" s="9" t="s">
-        <v>479</v>
+        <v>535</v>
       </c>
       <c r="C199" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D199" s="13"/>
       <c r="E199" s="13"/>
       <c r="F199" s="14"/>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" s="8">
-        <v>21364</v>
+        <v>26564</v>
       </c>
       <c r="B200" s="9" t="s">
-        <v>480</v>
+        <v>536</v>
       </c>
       <c r="C200" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D200" s="13"/>
       <c r="E200" s="13"/>
       <c r="F200" s="14"/>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" s="8">
-        <v>21365</v>
+        <v>26565</v>
       </c>
       <c r="B201" s="9" t="s">
-        <v>481</v>
+        <v>537</v>
       </c>
       <c r="C201" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D201" s="13"/>
       <c r="E201" s="13"/>
       <c r="F201" s="14"/>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" s="8">
-        <v>21366</v>
+        <v>26567</v>
       </c>
       <c r="B202" s="9" t="s">
-        <v>482</v>
+        <v>538</v>
       </c>
       <c r="C202" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D202" s="13"/>
       <c r="E202" s="13"/>
       <c r="F202" s="14"/>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" s="8">
-        <v>21367</v>
+        <v>26568</v>
       </c>
       <c r="B203" s="9" t="s">
-        <v>483</v>
+        <v>539</v>
       </c>
       <c r="C203" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D203" s="13"/>
       <c r="E203" s="13"/>
       <c r="F203" s="14"/>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" s="8">
-        <v>21368</v>
+        <v>26569</v>
       </c>
       <c r="B204" s="9" t="s">
-        <v>484</v>
+        <v>540</v>
       </c>
       <c r="C204" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D204" s="13"/>
       <c r="E204" s="13"/>
       <c r="F204" s="14"/>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" s="8">
-        <v>21369</v>
+        <v>26571</v>
       </c>
       <c r="B205" s="9" t="s">
-        <v>485</v>
+        <v>541</v>
       </c>
       <c r="C205" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D205" s="13"/>
       <c r="E205" s="13"/>
       <c r="F205" s="14"/>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" s="8">
-        <v>21370</v>
+        <v>26573</v>
       </c>
       <c r="B206" s="9" t="s">
-        <v>486</v>
+        <v>542</v>
       </c>
       <c r="C206" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D206" s="13"/>
       <c r="E206" s="13"/>
       <c r="F206" s="14"/>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" s="8">
-        <v>21371</v>
+        <v>26574</v>
       </c>
       <c r="B207" s="9" t="s">
-        <v>487</v>
+        <v>543</v>
       </c>
       <c r="C207" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D207" s="13"/>
       <c r="E207" s="13"/>
       <c r="F207" s="14"/>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" s="8">
-        <v>21372</v>
+        <v>26575</v>
       </c>
       <c r="B208" s="9" t="s">
-        <v>488</v>
+        <v>544</v>
       </c>
       <c r="C208" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D208" s="13"/>
       <c r="E208" s="13"/>
       <c r="F208" s="14"/>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" s="8">
-        <v>21373</v>
+        <v>26577</v>
       </c>
       <c r="B209" s="9" t="s">
-        <v>489</v>
+        <v>545</v>
       </c>
       <c r="C209" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D209" s="13"/>
       <c r="E209" s="13"/>
       <c r="F209" s="14"/>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" s="8">
-        <v>21374</v>
+        <v>26578</v>
       </c>
       <c r="B210" s="9" t="s">
-        <v>490</v>
+        <v>546</v>
       </c>
       <c r="C210" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D210" s="13"/>
       <c r="E210" s="13"/>
       <c r="F210" s="14"/>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" s="8">
-        <v>21376</v>
+        <v>26579</v>
       </c>
       <c r="B211" s="9" t="s">
-        <v>491</v>
+        <v>547</v>
       </c>
       <c r="C211" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D211" s="13"/>
       <c r="E211" s="13"/>
       <c r="F211" s="14"/>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" s="8">
-        <v>21377</v>
+        <v>26580</v>
       </c>
       <c r="B212" s="9" t="s">
-        <v>492</v>
+        <v>548</v>
       </c>
       <c r="C212" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D212" s="13"/>
       <c r="E212" s="13"/>
       <c r="F212" s="14"/>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" s="8">
-        <v>21378</v>
+        <v>26581</v>
       </c>
       <c r="B213" s="9" t="s">
-        <v>493</v>
+        <v>549</v>
       </c>
       <c r="C213" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D213" s="13"/>
       <c r="E213" s="13"/>
       <c r="F213" s="14"/>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" s="8">
-        <v>21379</v>
+        <v>26582</v>
       </c>
       <c r="B214" s="9" t="s">
-        <v>494</v>
+        <v>550</v>
       </c>
       <c r="C214" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D214" s="13"/>
       <c r="E214" s="13"/>
       <c r="F214" s="14"/>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" s="8">
-        <v>21380</v>
+        <v>26583</v>
       </c>
       <c r="B215" s="9" t="s">
-        <v>495</v>
+        <v>551</v>
       </c>
       <c r="C215" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D215" s="13"/>
       <c r="E215" s="13"/>
       <c r="F215" s="14"/>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" s="8">
-        <v>21381</v>
+        <v>26584</v>
       </c>
       <c r="B216" s="9" t="s">
-        <v>496</v>
+        <v>552</v>
       </c>
       <c r="C216" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D216" s="13"/>
       <c r="E216" s="13"/>
       <c r="F216" s="14"/>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" s="8">
-        <v>21382</v>
+        <v>26585</v>
       </c>
       <c r="B217" s="9" t="s">
-        <v>497</v>
+        <v>553</v>
       </c>
       <c r="C217" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D217" s="13"/>
       <c r="E217" s="13"/>
       <c r="F217" s="14"/>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" s="8">
-        <v>21383</v>
+        <v>26587</v>
       </c>
       <c r="B218" s="9" t="s">
-        <v>498</v>
+        <v>554</v>
       </c>
       <c r="C218" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D218" s="13"/>
       <c r="E218" s="13"/>
       <c r="F218" s="14"/>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" s="8">
-        <v>21384</v>
+        <v>26588</v>
       </c>
       <c r="B219" s="9" t="s">
-        <v>499</v>
+        <v>555</v>
       </c>
       <c r="C219" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D219" s="13"/>
       <c r="E219" s="13"/>
       <c r="F219" s="14"/>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" s="8">
-        <v>21385</v>
+        <v>26589</v>
       </c>
       <c r="B220" s="9" t="s">
-        <v>500</v>
+        <v>556</v>
       </c>
       <c r="C220" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D220" s="13"/>
       <c r="E220" s="13"/>
       <c r="F220" s="14"/>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" s="8">
-        <v>21386</v>
+        <v>26590</v>
       </c>
       <c r="B221" s="9" t="s">
-        <v>501</v>
+        <v>557</v>
       </c>
       <c r="C221" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D221" s="13"/>
       <c r="E221" s="13"/>
       <c r="F221" s="14"/>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" s="8">
-        <v>21387</v>
+        <v>26591</v>
       </c>
       <c r="B222" s="9" t="s">
-        <v>502</v>
+        <v>558</v>
       </c>
       <c r="C222" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D222" s="13"/>
       <c r="E222" s="13"/>
       <c r="F222" s="14"/>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" s="8">
-        <v>21388</v>
+        <v>26595</v>
       </c>
       <c r="B223" s="9" t="s">
-        <v>503</v>
+        <v>559</v>
       </c>
       <c r="C223" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D223" s="13"/>
       <c r="E223" s="13"/>
       <c r="F223" s="14"/>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" s="8">
-        <v>21389</v>
+        <v>26598</v>
       </c>
       <c r="B224" s="9" t="s">
-        <v>504</v>
+        <v>560</v>
       </c>
       <c r="C224" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D224" s="13"/>
       <c r="E224" s="13"/>
       <c r="F224" s="14"/>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" s="8">
-        <v>21390</v>
+        <v>26600</v>
       </c>
       <c r="B225" s="9" t="s">
-        <v>505</v>
+        <v>561</v>
       </c>
       <c r="C225" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D225" s="13"/>
       <c r="E225" s="13"/>
       <c r="F225" s="14"/>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" s="8">
-        <v>21391</v>
+        <v>26601</v>
       </c>
       <c r="B226" s="9" t="s">
-        <v>506</v>
+        <v>562</v>
       </c>
       <c r="C226" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D226" s="13"/>
       <c r="E226" s="13"/>
       <c r="F226" s="14"/>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" s="8">
-        <v>21392</v>
+        <v>26603</v>
       </c>
       <c r="B227" s="9" t="s">
-        <v>507</v>
+        <v>563</v>
       </c>
       <c r="C227" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D227" s="13"/>
       <c r="E227" s="13"/>
       <c r="F227" s="14"/>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" s="8">
-        <v>21393</v>
+        <v>26604</v>
       </c>
       <c r="B228" s="9" t="s">
-        <v>508</v>
+        <v>564</v>
       </c>
       <c r="C228" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D228" s="13"/>
       <c r="E228" s="13"/>
       <c r="F228" s="14"/>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" s="8">
-        <v>21394</v>
+        <v>26605</v>
       </c>
       <c r="B229" s="9" t="s">
-        <v>597</v>
+        <v>565</v>
       </c>
       <c r="C229" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D229" s="13"/>
       <c r="E229" s="13"/>
       <c r="F229" s="14"/>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" s="8">
-        <v>21395</v>
+        <v>26606</v>
       </c>
       <c r="B230" s="9" t="s">
-        <v>598</v>
+        <v>566</v>
       </c>
       <c r="C230" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D230" s="13"/>
       <c r="E230" s="13"/>
       <c r="F230" s="14"/>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" s="8">
-        <v>21396</v>
+        <v>26608</v>
       </c>
       <c r="B231" s="9" t="s">
-        <v>599</v>
+        <v>567</v>
       </c>
       <c r="C231" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D231" s="13"/>
       <c r="E231" s="13"/>
       <c r="F231" s="14"/>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" s="8">
-        <v>21397</v>
+        <v>26609</v>
       </c>
       <c r="B232" s="9" t="s">
-        <v>600</v>
+        <v>568</v>
       </c>
       <c r="C232" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D232" s="13"/>
       <c r="E232" s="13"/>
       <c r="F232" s="14"/>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" s="8">
-        <v>21399</v>
+        <v>26610</v>
       </c>
       <c r="B233" s="9" t="s">
-        <v>601</v>
+        <v>569</v>
       </c>
       <c r="C233" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D233" s="13"/>
       <c r="E233" s="13"/>
       <c r="F233" s="14"/>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" s="8">
-        <v>21400</v>
+        <v>26611</v>
       </c>
       <c r="B234" s="9" t="s">
-        <v>602</v>
+        <v>570</v>
       </c>
       <c r="C234" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D234" s="13"/>
       <c r="E234" s="13"/>
       <c r="F234" s="14"/>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" s="8">
-        <v>21401</v>
+        <v>26612</v>
       </c>
       <c r="B235" s="9" t="s">
-        <v>603</v>
+        <v>571</v>
       </c>
       <c r="C235" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D235" s="13"/>
       <c r="E235" s="13"/>
       <c r="F235" s="14"/>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" s="8">
-        <v>21402</v>
+        <v>26613</v>
       </c>
       <c r="B236" s="9" t="s">
-        <v>604</v>
+        <v>572</v>
       </c>
       <c r="C236" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D236" s="13"/>
       <c r="E236" s="13"/>
       <c r="F236" s="14"/>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" s="8">
-        <v>21403</v>
+        <v>26614</v>
       </c>
       <c r="B237" s="9" t="s">
-        <v>605</v>
+        <v>573</v>
       </c>
       <c r="C237" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D237" s="13"/>
       <c r="E237" s="13"/>
       <c r="F237" s="14"/>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" s="8">
-        <v>21404</v>
+        <v>49994</v>
       </c>
       <c r="B238" s="9" t="s">
-        <v>606</v>
+        <v>282</v>
       </c>
       <c r="C238" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D238" s="13"/>
       <c r="E238" s="13"/>
       <c r="F238" s="14"/>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" s="8">
-        <v>21405</v>
+        <v>49995</v>
       </c>
       <c r="B239" s="9" t="s">
-        <v>607</v>
+        <v>283</v>
       </c>
       <c r="C239" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D239" s="13"/>
       <c r="E239" s="13"/>
       <c r="F239" s="14"/>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" s="8">
-        <v>21406</v>
+        <v>49996</v>
       </c>
       <c r="B240" s="9" t="s">
-        <v>608</v>
+        <v>284</v>
       </c>
       <c r="C240" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D240" s="13"/>
       <c r="E240" s="13"/>
       <c r="F240" s="14"/>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" s="8">
-        <v>21407</v>
+        <v>49997</v>
       </c>
       <c r="B241" s="9" t="s">
-        <v>609</v>
+        <v>285</v>
       </c>
       <c r="C241" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D241" s="13"/>
       <c r="E241" s="13"/>
       <c r="F241" s="14"/>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" s="8">
-        <v>21408</v>
+        <v>66137</v>
       </c>
       <c r="B242" s="9" t="s">
-        <v>610</v>
+        <v>191</v>
       </c>
       <c r="C242" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D242" s="13"/>
       <c r="E242" s="13"/>
       <c r="F242" s="14"/>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" s="8">
-        <v>21409</v>
+        <v>66139</v>
       </c>
       <c r="B243" s="9" t="s">
-        <v>611</v>
+        <v>192</v>
       </c>
       <c r="C243" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D243" s="13"/>
       <c r="E243" s="13"/>
       <c r="F243" s="14"/>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" s="8">
-        <v>21410</v>
+        <v>66142</v>
       </c>
       <c r="B244" s="9" t="s">
-        <v>612</v>
+        <v>193</v>
       </c>
       <c r="C244" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D244" s="13"/>
       <c r="E244" s="13"/>
       <c r="F244" s="14"/>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" s="8">
-        <v>21411</v>
+        <v>66143</v>
       </c>
       <c r="B245" s="9" t="s">
-        <v>613</v>
+        <v>194</v>
       </c>
       <c r="C245" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D245" s="13"/>
       <c r="E245" s="13"/>
       <c r="F245" s="14"/>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" s="8">
-        <v>21412</v>
+        <v>66160</v>
       </c>
       <c r="B246" s="9" t="s">
-        <v>614</v>
+        <v>195</v>
       </c>
       <c r="C246" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D246" s="13"/>
       <c r="E246" s="13"/>
       <c r="F246" s="14"/>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" s="8">
-        <v>21413</v>
+        <v>66161</v>
       </c>
       <c r="B247" s="9" t="s">
-        <v>615</v>
+        <v>75</v>
       </c>
       <c r="C247" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D247" s="13"/>
       <c r="E247" s="13"/>
       <c r="F247" s="14"/>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" s="8">
-        <v>21414</v>
+        <v>66166</v>
       </c>
       <c r="B248" s="9" t="s">
-        <v>616</v>
+        <v>145</v>
       </c>
       <c r="C248" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D248" s="13"/>
       <c r="E248" s="13"/>
       <c r="F248" s="14"/>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" s="8">
-        <v>21415</v>
+        <v>66167</v>
       </c>
       <c r="B249" s="9" t="s">
-        <v>617</v>
+        <v>144</v>
       </c>
       <c r="C249" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D249" s="13"/>
       <c r="E249" s="13"/>
       <c r="F249" s="14"/>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" s="8">
-        <v>21416</v>
+        <v>66172</v>
       </c>
       <c r="B250" s="9" t="s">
-        <v>618</v>
+        <v>146</v>
       </c>
       <c r="C250" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D250" s="13"/>
       <c r="E250" s="13"/>
       <c r="F250" s="14"/>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" s="8">
-        <v>21417</v>
+        <v>66174</v>
       </c>
       <c r="B251" s="9" t="s">
-        <v>619</v>
+        <v>142</v>
       </c>
       <c r="C251" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D251" s="13"/>
       <c r="E251" s="13"/>
       <c r="F251" s="14"/>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" s="8">
-        <v>21418</v>
+        <v>66182</v>
       </c>
       <c r="B252" s="9" t="s">
-        <v>620</v>
+        <v>141</v>
       </c>
       <c r="C252" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D252" s="13"/>
       <c r="E252" s="13"/>
       <c r="F252" s="14"/>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" s="8">
-        <v>21419</v>
+        <v>66183</v>
       </c>
       <c r="B253" s="9" t="s">
-        <v>621</v>
+        <v>143</v>
       </c>
       <c r="C253" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D253" s="13"/>
       <c r="E253" s="13"/>
       <c r="F253" s="14"/>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" s="8">
-        <v>21420</v>
+        <v>66190</v>
       </c>
       <c r="B254" s="9" t="s">
-        <v>622</v>
+        <v>196</v>
       </c>
       <c r="C254" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D254" s="13"/>
       <c r="E254" s="13"/>
       <c r="F254" s="14"/>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" s="8">
-        <v>21421</v>
+        <v>66191</v>
       </c>
       <c r="B255" s="9" t="s">
-        <v>623</v>
+        <v>197</v>
       </c>
       <c r="C255" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D255" s="13"/>
       <c r="E255" s="13"/>
       <c r="F255" s="14"/>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" s="8">
-        <v>21422</v>
+        <v>66198</v>
       </c>
       <c r="B256" s="9" t="s">
-        <v>624</v>
+        <v>198</v>
       </c>
       <c r="C256" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D256" s="13"/>
       <c r="E256" s="13"/>
       <c r="F256" s="14"/>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" s="8">
-        <v>21423</v>
+        <v>66200</v>
       </c>
       <c r="B257" s="9" t="s">
-        <v>625</v>
+        <v>199</v>
       </c>
       <c r="C257" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D257" s="13"/>
       <c r="E257" s="13"/>
       <c r="F257" s="14"/>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" s="8">
-        <v>21424</v>
+        <v>66205</v>
       </c>
       <c r="B258" s="9" t="s">
-        <v>626</v>
+        <v>200</v>
       </c>
       <c r="C258" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D258" s="13"/>
       <c r="E258" s="13"/>
       <c r="F258" s="14"/>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" s="8">
-        <v>21425</v>
+        <v>66206</v>
       </c>
       <c r="B259" s="9" t="s">
-        <v>627</v>
+        <v>201</v>
       </c>
       <c r="C259" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D259" s="13"/>
       <c r="E259" s="13"/>
       <c r="F259" s="14"/>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" s="8">
-        <v>21426</v>
+        <v>66209</v>
       </c>
       <c r="B260" s="9" t="s">
-        <v>628</v>
+        <v>202</v>
       </c>
       <c r="C260" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D260" s="13"/>
       <c r="E260" s="13"/>
       <c r="F260" s="14"/>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" s="8">
-        <v>21427</v>
+        <v>66214</v>
       </c>
       <c r="B261" s="9" t="s">
-        <v>629</v>
+        <v>203</v>
       </c>
       <c r="C261" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D261" s="13"/>
       <c r="E261" s="13"/>
       <c r="F261" s="14"/>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" s="8">
-        <v>21428</v>
+        <v>66218</v>
       </c>
       <c r="B262" s="9" t="s">
-        <v>630</v>
+        <v>83</v>
       </c>
       <c r="C262" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D262" s="13"/>
       <c r="E262" s="13"/>
       <c r="F262" s="14"/>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" s="8">
-        <v>21429</v>
+        <v>66219</v>
       </c>
       <c r="B263" s="9" t="s">
-        <v>631</v>
+        <v>84</v>
       </c>
       <c r="C263" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D263" s="13"/>
       <c r="E263" s="13"/>
       <c r="F263" s="14"/>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" s="8">
-        <v>21430</v>
+        <v>66224</v>
       </c>
       <c r="B264" s="9" t="s">
-        <v>632</v>
+        <v>94</v>
       </c>
       <c r="C264" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D264" s="13"/>
       <c r="E264" s="13"/>
       <c r="F264" s="14"/>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" s="8">
-        <v>21431</v>
+        <v>66231</v>
       </c>
       <c r="B265" s="9" t="s">
-        <v>633</v>
+        <v>204</v>
       </c>
       <c r="C265" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D265" s="13"/>
       <c r="E265" s="13"/>
       <c r="F265" s="14"/>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" s="8">
-        <v>21432</v>
+        <v>66232</v>
       </c>
       <c r="B266" s="9" t="s">
-        <v>634</v>
+        <v>205</v>
       </c>
       <c r="C266" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D266" s="13"/>
       <c r="E266" s="13"/>
       <c r="F266" s="14"/>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" s="8">
-        <v>21433</v>
+        <v>66239</v>
       </c>
       <c r="B267" s="9" t="s">
-        <v>635</v>
+        <v>206</v>
       </c>
       <c r="C267" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D267" s="13"/>
       <c r="E267" s="13"/>
       <c r="F267" s="14"/>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" s="8">
-        <v>21434</v>
+        <v>66240</v>
       </c>
       <c r="B268" s="9" t="s">
-        <v>636</v>
+        <v>207</v>
       </c>
       <c r="C268" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D268" s="13"/>
       <c r="E268" s="13"/>
       <c r="F268" s="14"/>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" s="8">
-        <v>21435</v>
+        <v>66246</v>
       </c>
       <c r="B269" s="9" t="s">
-        <v>637</v>
+        <v>208</v>
       </c>
       <c r="C269" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D269" s="13"/>
       <c r="E269" s="13"/>
       <c r="F269" s="14"/>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" s="8">
-        <v>21436</v>
+        <v>66253</v>
       </c>
       <c r="B270" s="9" t="s">
-        <v>638</v>
+        <v>209</v>
       </c>
       <c r="C270" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D270" s="13"/>
       <c r="E270" s="13"/>
       <c r="F270" s="14"/>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" s="8">
-        <v>21437</v>
+        <v>66256</v>
       </c>
       <c r="B271" s="9" t="s">
-        <v>639</v>
+        <v>210</v>
       </c>
       <c r="C271" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D271" s="13"/>
       <c r="E271" s="13"/>
       <c r="F271" s="14"/>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" s="8">
-        <v>21438</v>
+        <v>66257</v>
       </c>
       <c r="B272" s="9" t="s">
-        <v>640</v>
+        <v>211</v>
       </c>
       <c r="C272" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D272" s="13"/>
       <c r="E272" s="13"/>
       <c r="F272" s="14"/>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" s="8">
-        <v>21439</v>
+        <v>66261</v>
       </c>
       <c r="B273" s="9" t="s">
-        <v>641</v>
+        <v>212</v>
       </c>
       <c r="C273" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D273" s="13"/>
       <c r="E273" s="13"/>
       <c r="F273" s="14"/>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" s="8">
-        <v>21440</v>
+        <v>66270</v>
       </c>
       <c r="B274" s="9" t="s">
-        <v>642</v>
+        <v>213</v>
       </c>
       <c r="C274" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D274" s="13"/>
       <c r="E274" s="13"/>
       <c r="F274" s="14"/>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" s="8">
-        <v>21442</v>
+        <v>66285</v>
       </c>
       <c r="B275" s="9" t="s">
-        <v>643</v>
+        <v>113</v>
       </c>
       <c r="C275" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D275" s="13"/>
       <c r="E275" s="13"/>
       <c r="F275" s="14"/>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" s="8">
-        <v>21443</v>
+        <v>66286</v>
       </c>
       <c r="B276" s="9" t="s">
-        <v>644</v>
+        <v>126</v>
       </c>
       <c r="C276" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D276" s="13"/>
       <c r="E276" s="13"/>
       <c r="F276" s="14"/>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" s="8">
-        <v>21444</v>
+        <v>66287</v>
       </c>
       <c r="B277" s="9" t="s">
-        <v>645</v>
+        <v>106</v>
       </c>
       <c r="C277" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D277" s="13"/>
       <c r="E277" s="13"/>
       <c r="F277" s="14"/>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" s="8">
-        <v>21447</v>
+        <v>66292</v>
       </c>
       <c r="B278" s="9" t="s">
-        <v>646</v>
+        <v>127</v>
       </c>
       <c r="C278" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D278" s="13"/>
       <c r="E278" s="13"/>
       <c r="F278" s="14"/>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" s="8">
-        <v>21448</v>
+        <v>66299</v>
       </c>
       <c r="B279" s="9" t="s">
-        <v>647</v>
+        <v>71</v>
       </c>
       <c r="C279" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D279" s="13"/>
       <c r="E279" s="13"/>
       <c r="F279" s="14"/>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" s="8">
-        <v>21449</v>
+        <v>66301</v>
       </c>
       <c r="B280" s="9" t="s">
-        <v>648</v>
+        <v>89</v>
       </c>
       <c r="C280" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D280" s="13"/>
       <c r="E280" s="13"/>
       <c r="F280" s="14"/>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" s="8">
-        <v>21450</v>
+        <v>66306</v>
       </c>
       <c r="B281" s="9" t="s">
-        <v>649</v>
+        <v>111</v>
       </c>
       <c r="C281" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D281" s="13"/>
       <c r="E281" s="13"/>
       <c r="F281" s="14"/>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" s="8">
-        <v>21451</v>
+        <v>66310</v>
       </c>
       <c r="B282" s="9" t="s">
-        <v>650</v>
+        <v>112</v>
       </c>
       <c r="C282" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D282" s="13"/>
       <c r="E282" s="13"/>
       <c r="F282" s="14"/>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" s="8">
-        <v>21452</v>
+        <v>66346</v>
       </c>
       <c r="B283" s="9" t="s">
-        <v>651</v>
+        <v>104</v>
       </c>
       <c r="C283" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D283" s="13"/>
       <c r="E283" s="13"/>
       <c r="F283" s="14"/>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" s="8">
-        <v>21453</v>
+        <v>66347</v>
       </c>
       <c r="B284" s="9" t="s">
-        <v>652</v>
+        <v>214</v>
       </c>
       <c r="C284" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D284" s="13"/>
       <c r="E284" s="13"/>
       <c r="F284" s="14"/>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" s="8">
-        <v>21454</v>
+        <v>66351</v>
       </c>
       <c r="B285" s="9" t="s">
-        <v>653</v>
+        <v>97</v>
       </c>
       <c r="C285" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D285" s="13"/>
       <c r="E285" s="13"/>
       <c r="F285" s="14"/>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" s="8">
-        <v>21455</v>
+        <v>66352</v>
       </c>
       <c r="B286" s="9" t="s">
-        <v>654</v>
+        <v>98</v>
       </c>
       <c r="C286" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D286" s="13"/>
       <c r="E286" s="13"/>
       <c r="F286" s="14"/>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" s="8">
-        <v>21456</v>
+        <v>66355</v>
       </c>
       <c r="B287" s="9" t="s">
-        <v>655</v>
+        <v>215</v>
       </c>
       <c r="C287" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D287" s="13"/>
       <c r="E287" s="13"/>
       <c r="F287" s="14"/>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" s="8">
-        <v>21457</v>
+        <v>66374</v>
       </c>
       <c r="B288" s="9" t="s">
-        <v>656</v>
+        <v>216</v>
       </c>
       <c r="C288" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D288" s="13"/>
       <c r="E288" s="13"/>
       <c r="F288" s="14"/>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" s="8">
-        <v>21458</v>
+        <v>66377</v>
       </c>
       <c r="B289" s="9" t="s">
-        <v>657</v>
+        <v>217</v>
       </c>
       <c r="C289" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D289" s="13"/>
       <c r="E289" s="13"/>
       <c r="F289" s="14"/>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" s="8">
-        <v>21459</v>
+        <v>66378</v>
       </c>
       <c r="B290" s="9" t="s">
-        <v>658</v>
+        <v>99</v>
       </c>
       <c r="C290" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D290" s="13"/>
       <c r="E290" s="13"/>
       <c r="F290" s="14"/>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" s="8">
-        <v>21460</v>
+        <v>66387</v>
       </c>
       <c r="B291" s="9" t="s">
-        <v>659</v>
+        <v>100</v>
       </c>
       <c r="C291" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D291" s="13"/>
       <c r="E291" s="13"/>
       <c r="F291" s="14"/>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" s="8">
-        <v>21461</v>
+        <v>66408</v>
       </c>
       <c r="B292" s="9" t="s">
-        <v>660</v>
+        <v>92</v>
       </c>
       <c r="C292" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D292" s="13"/>
       <c r="E292" s="13"/>
       <c r="F292" s="14"/>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" s="8">
-        <v>21463</v>
+        <v>66409</v>
       </c>
       <c r="B293" s="9" t="s">
-        <v>661</v>
+        <v>108</v>
       </c>
       <c r="C293" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D293" s="13"/>
       <c r="E293" s="13"/>
       <c r="F293" s="14"/>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" s="8">
-        <v>21464</v>
+        <v>66411</v>
       </c>
       <c r="B294" s="9" t="s">
-        <v>662</v>
+        <v>58</v>
       </c>
       <c r="C294" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D294" s="13"/>
       <c r="E294" s="13"/>
       <c r="F294" s="14"/>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" s="8">
-        <v>21466</v>
+        <v>66412</v>
       </c>
       <c r="B295" s="9" t="s">
-        <v>663</v>
+        <v>218</v>
       </c>
       <c r="C295" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D295" s="13"/>
       <c r="E295" s="13"/>
       <c r="F295" s="14"/>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" s="8">
-        <v>21467</v>
+        <v>66416</v>
       </c>
       <c r="B296" s="9" t="s">
-        <v>664</v>
+        <v>42</v>
       </c>
       <c r="C296" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D296" s="13"/>
       <c r="E296" s="13"/>
       <c r="F296" s="14"/>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" s="8">
-        <v>21468</v>
+        <v>66417</v>
       </c>
       <c r="B297" s="9" t="s">
-        <v>665</v>
+        <v>43</v>
       </c>
       <c r="C297" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D297" s="13"/>
       <c r="E297" s="13"/>
       <c r="F297" s="14"/>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" s="8">
-        <v>21469</v>
+        <v>66435</v>
       </c>
       <c r="B298" s="9" t="s">
-        <v>666</v>
+        <v>219</v>
       </c>
       <c r="C298" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D298" s="13"/>
       <c r="E298" s="13"/>
       <c r="F298" s="14"/>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" s="8">
-        <v>21470</v>
+        <v>66439</v>
       </c>
       <c r="B299" s="9" t="s">
-        <v>667</v>
+        <v>44</v>
       </c>
       <c r="C299" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D299" s="13"/>
       <c r="E299" s="13"/>
       <c r="F299" s="14"/>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" s="8">
-        <v>21471</v>
+        <v>66440</v>
       </c>
       <c r="B300" s="9" t="s">
-        <v>668</v>
+        <v>220</v>
       </c>
       <c r="C300" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D300" s="13"/>
       <c r="E300" s="13"/>
       <c r="F300" s="14"/>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" s="8">
-        <v>21472</v>
+        <v>66441</v>
       </c>
       <c r="B301" s="9" t="s">
-        <v>669</v>
+        <v>221</v>
       </c>
       <c r="C301" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D301" s="13"/>
       <c r="E301" s="13"/>
       <c r="F301" s="14"/>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" s="8">
-        <v>21473</v>
+        <v>66444</v>
       </c>
       <c r="B302" s="9" t="s">
-        <v>670</v>
+        <v>45</v>
       </c>
       <c r="C302" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D302" s="13"/>
       <c r="E302" s="13"/>
       <c r="F302" s="14"/>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" s="8">
-        <v>21474</v>
+        <v>66447</v>
       </c>
       <c r="B303" s="9" t="s">
-        <v>671</v>
+        <v>222</v>
       </c>
       <c r="C303" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D303" s="13"/>
       <c r="E303" s="13"/>
       <c r="F303" s="14"/>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" s="8">
-        <v>21475</v>
+        <v>66463</v>
       </c>
       <c r="B304" s="9" t="s">
-        <v>672</v>
+        <v>223</v>
       </c>
       <c r="C304" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D304" s="13"/>
       <c r="E304" s="13"/>
       <c r="F304" s="14"/>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" s="8">
-        <v>21476</v>
+        <v>66465</v>
       </c>
       <c r="B305" s="9" t="s">
-        <v>673</v>
+        <v>224</v>
       </c>
       <c r="C305" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D305" s="13"/>
       <c r="E305" s="13"/>
       <c r="F305" s="14"/>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" s="8">
-        <v>21477</v>
+        <v>66466</v>
       </c>
       <c r="B306" s="9" t="s">
-        <v>674</v>
+        <v>225</v>
       </c>
       <c r="C306" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D306" s="13"/>
       <c r="E306" s="13"/>
       <c r="F306" s="14"/>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" s="8">
-        <v>21478</v>
+        <v>66473</v>
       </c>
       <c r="B307" s="9" t="s">
-        <v>675</v>
+        <v>226</v>
       </c>
       <c r="C307" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D307" s="13"/>
       <c r="E307" s="13"/>
       <c r="F307" s="14"/>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" s="8">
-        <v>21480</v>
+        <v>66474</v>
       </c>
       <c r="B308" s="9" t="s">
-        <v>676</v>
+        <v>103</v>
       </c>
       <c r="C308" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D308" s="13"/>
       <c r="E308" s="13"/>
       <c r="F308" s="14"/>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" s="8">
-        <v>21481</v>
+        <v>66475</v>
       </c>
       <c r="B309" s="9" t="s">
-        <v>677</v>
+        <v>227</v>
       </c>
       <c r="C309" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D309" s="13"/>
       <c r="E309" s="13"/>
       <c r="F309" s="14"/>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" s="8">
-        <v>21483</v>
+        <v>66493</v>
       </c>
       <c r="B310" s="9" t="s">
-        <v>678</v>
+        <v>228</v>
       </c>
       <c r="C310" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D310" s="13"/>
       <c r="E310" s="13"/>
       <c r="F310" s="14"/>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" s="8">
-        <v>21484</v>
+        <v>66507</v>
       </c>
       <c r="B311" s="9" t="s">
-        <v>679</v>
+        <v>229</v>
       </c>
       <c r="C311" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D311" s="13"/>
       <c r="E311" s="13"/>
       <c r="F311" s="14"/>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" s="8">
-        <v>21485</v>
+        <v>66512</v>
       </c>
       <c r="B312" s="9" t="s">
-        <v>680</v>
+        <v>65</v>
       </c>
       <c r="C312" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D312" s="13"/>
       <c r="E312" s="13"/>
       <c r="F312" s="14"/>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" s="8">
-        <v>21486</v>
+        <v>66516</v>
       </c>
       <c r="B313" s="9" t="s">
-        <v>681</v>
+        <v>35</v>
       </c>
       <c r="C313" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D313" s="13"/>
       <c r="E313" s="13"/>
       <c r="F313" s="14"/>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" s="8">
-        <v>21487</v>
+        <v>66517</v>
       </c>
       <c r="B314" s="9" t="s">
-        <v>682</v>
+        <v>38</v>
       </c>
       <c r="C314" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D314" s="13"/>
       <c r="E314" s="13"/>
       <c r="F314" s="14"/>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" s="8">
-        <v>21488</v>
+        <v>66521</v>
       </c>
       <c r="B315" s="9" t="s">
-        <v>683</v>
+        <v>86</v>
       </c>
       <c r="C315" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D315" s="13"/>
       <c r="E315" s="13"/>
       <c r="F315" s="14"/>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" s="8">
-        <v>21493</v>
+        <v>66525</v>
       </c>
       <c r="B316" s="9" t="s">
-        <v>684</v>
+        <v>128</v>
       </c>
       <c r="C316" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D316" s="13"/>
       <c r="E316" s="13"/>
       <c r="F316" s="14"/>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" s="8">
-        <v>21494</v>
+        <v>66527</v>
       </c>
       <c r="B317" s="9" t="s">
-        <v>685</v>
+        <v>130</v>
       </c>
       <c r="C317" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D317" s="13"/>
       <c r="E317" s="13"/>
       <c r="F317" s="14"/>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" s="8">
-        <v>21495</v>
+        <v>66528</v>
       </c>
       <c r="B318" s="9" t="s">
-        <v>686</v>
+        <v>133</v>
       </c>
       <c r="C318" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D318" s="13"/>
       <c r="E318" s="13"/>
       <c r="F318" s="14"/>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" s="8">
-        <v>21496</v>
+        <v>66530</v>
       </c>
       <c r="B319" s="9" t="s">
-        <v>687</v>
+        <v>131</v>
       </c>
       <c r="C319" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D319" s="13"/>
       <c r="E319" s="13"/>
       <c r="F319" s="14"/>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" s="8">
-        <v>21497</v>
+        <v>66531</v>
       </c>
       <c r="B320" s="9" t="s">
-        <v>688</v>
+        <v>30</v>
       </c>
       <c r="C320" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D320" s="13"/>
       <c r="E320" s="13"/>
       <c r="F320" s="14"/>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" s="8">
-        <v>21498</v>
+        <v>66533</v>
       </c>
       <c r="B321" s="9" t="s">
-        <v>689</v>
+        <v>132</v>
       </c>
       <c r="C321" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D321" s="13"/>
       <c r="E321" s="13"/>
       <c r="F321" s="14"/>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" s="8">
-        <v>21499</v>
+        <v>66534</v>
       </c>
       <c r="B322" s="9" t="s">
-        <v>998</v>
+        <v>230</v>
       </c>
       <c r="C322" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D322" s="13"/>
       <c r="E322" s="13"/>
       <c r="F322" s="14"/>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" s="8">
-        <v>21500</v>
+        <v>66559</v>
       </c>
       <c r="B323" s="9" t="s">
-        <v>999</v>
+        <v>231</v>
       </c>
       <c r="C323" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D323" s="13"/>
       <c r="E323" s="13"/>
       <c r="F323" s="14"/>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" s="8">
-        <v>21501</v>
+        <v>66564</v>
       </c>
       <c r="B324" s="9" t="s">
-        <v>1000</v>
+        <v>232</v>
       </c>
       <c r="C324" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D324" s="13"/>
       <c r="E324" s="13"/>
       <c r="F324" s="14"/>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" s="8">
-        <v>21502</v>
+        <v>66565</v>
       </c>
       <c r="B325" s="9" t="s">
-        <v>1001</v>
+        <v>233</v>
       </c>
       <c r="C325" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D325" s="13"/>
       <c r="E325" s="13"/>
       <c r="F325" s="14"/>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" s="8">
-        <v>21504</v>
+        <v>66575</v>
       </c>
       <c r="B326" s="9" t="s">
-        <v>1002</v>
+        <v>234</v>
       </c>
       <c r="C326" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D326" s="13"/>
       <c r="E326" s="13"/>
       <c r="F326" s="14"/>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" s="8">
-        <v>21505</v>
+        <v>66578</v>
       </c>
       <c r="B327" s="9" t="s">
-        <v>1003</v>
+        <v>235</v>
       </c>
       <c r="C327" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D327" s="13"/>
       <c r="E327" s="13"/>
       <c r="F327" s="14"/>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" s="8">
-        <v>21506</v>
+        <v>66579</v>
       </c>
       <c r="B328" s="9" t="s">
-        <v>1004</v>
+        <v>286</v>
       </c>
       <c r="C328" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D328" s="13"/>
       <c r="E328" s="13"/>
       <c r="F328" s="14"/>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" s="8">
-        <v>21508</v>
+        <v>66581</v>
       </c>
       <c r="B329" s="9" t="s">
-        <v>1005</v>
+        <v>287</v>
       </c>
       <c r="C329" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D329" s="13"/>
       <c r="E329" s="13"/>
       <c r="F329" s="14"/>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" s="8">
-        <v>21509</v>
+        <v>66588</v>
       </c>
       <c r="B330" s="9" t="s">
-        <v>1006</v>
+        <v>288</v>
       </c>
       <c r="C330" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D330" s="13"/>
       <c r="E330" s="13"/>
       <c r="F330" s="14"/>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" s="8">
-        <v>21510</v>
+        <v>66590</v>
       </c>
       <c r="B331" s="9" t="s">
-        <v>1007</v>
+        <v>289</v>
       </c>
       <c r="C331" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D331" s="13"/>
       <c r="E331" s="13"/>
       <c r="F331" s="14"/>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" s="8">
-        <v>21513</v>
+        <v>66591</v>
       </c>
       <c r="B332" s="9" t="s">
-        <v>1008</v>
+        <v>290</v>
       </c>
       <c r="C332" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D332" s="13"/>
       <c r="E332" s="13"/>
       <c r="F332" s="14"/>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" s="8">
-        <v>21514</v>
+        <v>66593</v>
       </c>
       <c r="B333" s="9" t="s">
-        <v>1009</v>
+        <v>291</v>
       </c>
       <c r="C333" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D333" s="13"/>
       <c r="E333" s="13"/>
       <c r="F333" s="14"/>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" s="8">
-        <v>21515</v>
+        <v>66594</v>
       </c>
       <c r="B334" s="9" t="s">
-        <v>1010</v>
+        <v>292</v>
       </c>
       <c r="C334" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D334" s="13"/>
       <c r="E334" s="13"/>
       <c r="F334" s="14"/>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" s="8">
-        <v>21516</v>
+        <v>66595</v>
       </c>
       <c r="B335" s="9" t="s">
-        <v>1011</v>
+        <v>293</v>
       </c>
       <c r="C335" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D335" s="13"/>
       <c r="E335" s="13"/>
       <c r="F335" s="14"/>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" s="8">
-        <v>21517</v>
+        <v>66598</v>
       </c>
       <c r="B336" s="9" t="s">
-        <v>1012</v>
+        <v>95</v>
       </c>
       <c r="C336" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D336" s="13"/>
       <c r="E336" s="13"/>
       <c r="F336" s="14"/>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" s="8">
-        <v>21518</v>
+        <v>66620</v>
       </c>
       <c r="B337" s="9" t="s">
-        <v>1013</v>
+        <v>122</v>
       </c>
       <c r="C337" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D337" s="13"/>
       <c r="E337" s="13"/>
       <c r="F337" s="14"/>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" s="8">
-        <v>21519</v>
+        <v>66623</v>
       </c>
       <c r="B338" s="9" t="s">
-        <v>1014</v>
+        <v>134</v>
       </c>
       <c r="C338" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D338" s="13"/>
       <c r="E338" s="13"/>
       <c r="F338" s="14"/>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" s="8">
-        <v>21520</v>
+        <v>66628</v>
       </c>
       <c r="B339" s="9" t="s">
-        <v>1015</v>
+        <v>294</v>
       </c>
       <c r="C339" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D339" s="13"/>
       <c r="E339" s="13"/>
       <c r="F339" s="14"/>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" s="8">
-        <v>21522</v>
+        <v>66631</v>
       </c>
       <c r="B340" s="9" t="s">
-        <v>1016</v>
+        <v>295</v>
       </c>
       <c r="C340" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D340" s="13"/>
       <c r="E340" s="13"/>
       <c r="F340" s="14"/>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" s="8">
-        <v>21523</v>
+        <v>66635</v>
       </c>
       <c r="B341" s="9" t="s">
-        <v>1017</v>
+        <v>296</v>
       </c>
       <c r="C341" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D341" s="13"/>
       <c r="E341" s="13"/>
       <c r="F341" s="14"/>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" s="8">
-        <v>21524</v>
+        <v>66657</v>
       </c>
       <c r="B342" s="9" t="s">
-        <v>1018</v>
+        <v>297</v>
       </c>
       <c r="C342" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D342" s="13"/>
       <c r="E342" s="13"/>
       <c r="F342" s="14"/>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" s="8">
-        <v>21526</v>
+        <v>66663</v>
       </c>
       <c r="B343" s="9" t="s">
-        <v>1019</v>
+        <v>298</v>
       </c>
       <c r="C343" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D343" s="13"/>
       <c r="E343" s="13"/>
       <c r="F343" s="14"/>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" s="8">
-        <v>21527</v>
+        <v>66681</v>
       </c>
       <c r="B344" s="9" t="s">
-        <v>1020</v>
+        <v>299</v>
       </c>
       <c r="C344" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D344" s="13"/>
       <c r="E344" s="13"/>
       <c r="F344" s="14"/>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" s="8">
-        <v>21528</v>
+        <v>66682</v>
       </c>
       <c r="B345" s="9" t="s">
-        <v>1021</v>
+        <v>300</v>
       </c>
       <c r="C345" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D345" s="13"/>
       <c r="E345" s="13"/>
       <c r="F345" s="14"/>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" s="8">
-        <v>21529</v>
+        <v>66686</v>
       </c>
       <c r="B346" s="9" t="s">
-        <v>1022</v>
+        <v>301</v>
       </c>
       <c r="C346" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D346" s="13"/>
       <c r="E346" s="13"/>
       <c r="F346" s="14"/>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" s="8">
-        <v>21530</v>
+        <v>66687</v>
       </c>
       <c r="B347" s="9" t="s">
-        <v>1023</v>
+        <v>302</v>
       </c>
       <c r="C347" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D347" s="13"/>
       <c r="E347" s="13"/>
       <c r="F347" s="14"/>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" s="8">
-        <v>21531</v>
+        <v>66703</v>
       </c>
       <c r="B348" s="9" t="s">
-        <v>1024</v>
+        <v>303</v>
       </c>
       <c r="C348" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D348" s="13"/>
       <c r="E348" s="13"/>
       <c r="F348" s="14"/>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" s="8">
-        <v>21532</v>
+        <v>66721</v>
       </c>
       <c r="B349" s="9" t="s">
-        <v>1025</v>
+        <v>304</v>
       </c>
       <c r="C349" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D349" s="13"/>
       <c r="E349" s="13"/>
       <c r="F349" s="14"/>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" s="8">
-        <v>21533</v>
+        <v>66722</v>
       </c>
       <c r="B350" s="9" t="s">
-        <v>1026</v>
+        <v>305</v>
       </c>
       <c r="C350" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D350" s="13"/>
       <c r="E350" s="13"/>
       <c r="F350" s="14"/>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" s="8">
-        <v>21534</v>
+        <v>66730</v>
       </c>
       <c r="B351" s="9" t="s">
-        <v>1027</v>
+        <v>306</v>
       </c>
       <c r="C351" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D351" s="13"/>
       <c r="E351" s="13"/>
       <c r="F351" s="14"/>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" s="8">
-        <v>21535</v>
+        <v>66741</v>
       </c>
       <c r="B352" s="9" t="s">
-        <v>1028</v>
+        <v>307</v>
       </c>
       <c r="C352" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D352" s="13"/>
       <c r="E352" s="13"/>
       <c r="F352" s="14"/>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" s="8">
-        <v>21536</v>
+        <v>66742</v>
       </c>
       <c r="B353" s="9" t="s">
-        <v>1029</v>
+        <v>308</v>
       </c>
       <c r="C353" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D353" s="13"/>
       <c r="E353" s="13"/>
       <c r="F353" s="14"/>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" s="8">
-        <v>21538</v>
+        <v>66748</v>
       </c>
       <c r="B354" s="9" t="s">
-        <v>1030</v>
+        <v>309</v>
       </c>
       <c r="C354" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D354" s="13"/>
       <c r="E354" s="13"/>
       <c r="F354" s="14"/>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" s="8">
-        <v>21539</v>
+        <v>66750</v>
       </c>
       <c r="B355" s="9" t="s">
-        <v>1031</v>
+        <v>41</v>
       </c>
       <c r="C355" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D355" s="13"/>
       <c r="E355" s="13"/>
       <c r="F355" s="14"/>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" s="8">
-        <v>21540</v>
+        <v>66754</v>
       </c>
       <c r="B356" s="9" t="s">
-        <v>1032</v>
+        <v>55</v>
       </c>
       <c r="C356" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D356" s="13"/>
       <c r="E356" s="13"/>
       <c r="F356" s="14"/>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" s="8">
-        <v>21541</v>
+        <v>66764</v>
       </c>
       <c r="B357" s="9" t="s">
-        <v>1033</v>
+        <v>310</v>
       </c>
       <c r="C357" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D357" s="13"/>
       <c r="E357" s="13"/>
       <c r="F357" s="14"/>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" s="8">
-        <v>21543</v>
+        <v>66767</v>
       </c>
       <c r="B358" s="9" t="s">
-        <v>1034</v>
+        <v>311</v>
       </c>
       <c r="C358" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D358" s="13"/>
       <c r="E358" s="13"/>
       <c r="F358" s="14"/>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" s="8">
-        <v>21544</v>
+        <v>66770</v>
       </c>
       <c r="B359" s="9" t="s">
-        <v>1035</v>
+        <v>312</v>
       </c>
       <c r="C359" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D359" s="13"/>
       <c r="E359" s="13"/>
       <c r="F359" s="14"/>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" s="8">
-        <v>21545</v>
+        <v>66781</v>
       </c>
       <c r="B360" s="9" t="s">
-        <v>1036</v>
+        <v>40</v>
       </c>
       <c r="C360" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D360" s="13"/>
       <c r="E360" s="13"/>
       <c r="F360" s="14"/>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" s="8">
-        <v>21546</v>
+        <v>66782</v>
       </c>
       <c r="B361" s="9" t="s">
-        <v>1037</v>
+        <v>39</v>
       </c>
       <c r="C361" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D361" s="13"/>
       <c r="E361" s="13"/>
       <c r="F361" s="14"/>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" s="8">
-        <v>21548</v>
+        <v>66783</v>
       </c>
       <c r="B362" s="9" t="s">
-        <v>1038</v>
+        <v>313</v>
       </c>
       <c r="C362" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D362" s="13"/>
       <c r="E362" s="13"/>
       <c r="F362" s="14"/>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" s="8">
-        <v>21549</v>
+        <v>66786</v>
       </c>
       <c r="B363" s="9" t="s">
-        <v>1039</v>
+        <v>314</v>
       </c>
       <c r="C363" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D363" s="13"/>
       <c r="E363" s="13"/>
       <c r="F363" s="14"/>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" s="8">
-        <v>21550</v>
+        <v>66801</v>
       </c>
       <c r="B364" s="9" t="s">
-        <v>1040</v>
+        <v>315</v>
       </c>
       <c r="C364" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D364" s="13"/>
       <c r="E364" s="13"/>
       <c r="F364" s="14"/>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" s="8">
-        <v>21551</v>
+        <v>66804</v>
       </c>
       <c r="B365" s="9" t="s">
-        <v>1041</v>
+        <v>316</v>
       </c>
       <c r="C365" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D365" s="13"/>
       <c r="E365" s="13"/>
       <c r="F365" s="14"/>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" s="8">
-        <v>21552</v>
+        <v>66807</v>
       </c>
       <c r="B366" s="9" t="s">
-        <v>1042</v>
+        <v>317</v>
       </c>
       <c r="C366" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D366" s="13"/>
       <c r="E366" s="13"/>
       <c r="F366" s="14"/>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" s="8">
-        <v>21553</v>
+        <v>66828</v>
       </c>
       <c r="B367" s="9" t="s">
-        <v>1043</v>
+        <v>318</v>
       </c>
       <c r="C367" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D367" s="13"/>
       <c r="E367" s="13"/>
       <c r="F367" s="14"/>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" s="8">
-        <v>21554</v>
+        <v>66830</v>
       </c>
       <c r="B368" s="9" t="s">
-        <v>1044</v>
+        <v>319</v>
       </c>
       <c r="C368" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D368" s="13"/>
       <c r="E368" s="13"/>
       <c r="F368" s="14"/>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" s="8">
-        <v>21555</v>
+        <v>66831</v>
       </c>
       <c r="B369" s="9" t="s">
-        <v>1045</v>
+        <v>320</v>
       </c>
       <c r="C369" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D369" s="13"/>
       <c r="E369" s="13"/>
       <c r="F369" s="14"/>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" s="8">
-        <v>21556</v>
+        <v>66841</v>
       </c>
       <c r="B370" s="9" t="s">
-        <v>1046</v>
+        <v>321</v>
       </c>
       <c r="C370" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D370" s="13"/>
       <c r="E370" s="13"/>
       <c r="F370" s="14"/>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" s="8">
-        <v>21557</v>
+        <v>66847</v>
       </c>
       <c r="B371" s="9" t="s">
-        <v>1047</v>
+        <v>322</v>
       </c>
       <c r="C371" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D371" s="13"/>
       <c r="E371" s="13"/>
       <c r="F371" s="14"/>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" s="8">
-        <v>21558</v>
+        <v>66848</v>
       </c>
       <c r="B372" s="9" t="s">
-        <v>1048</v>
+        <v>323</v>
       </c>
       <c r="C372" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D372" s="13"/>
       <c r="E372" s="13"/>
       <c r="F372" s="14"/>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" s="8">
-        <v>21560</v>
+        <v>66851</v>
       </c>
       <c r="B373" s="9" t="s">
-        <v>1049</v>
+        <v>324</v>
       </c>
       <c r="C373" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D373" s="13"/>
       <c r="E373" s="13"/>
       <c r="F373" s="14"/>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" s="8">
-        <v>21561</v>
+        <v>66877</v>
       </c>
       <c r="B374" s="9" t="s">
-        <v>1050</v>
+        <v>325</v>
       </c>
       <c r="C374" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D374" s="13"/>
       <c r="E374" s="13"/>
       <c r="F374" s="14"/>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" s="8">
-        <v>21562</v>
+        <v>66893</v>
       </c>
       <c r="B375" s="9" t="s">
-        <v>1051</v>
+        <v>56</v>
       </c>
       <c r="C375" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D375" s="13"/>
       <c r="E375" s="13"/>
       <c r="F375" s="14"/>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" s="8">
-        <v>21563</v>
+        <v>66895</v>
       </c>
       <c r="B376" s="9" t="s">
-        <v>1052</v>
+        <v>326</v>
       </c>
       <c r="C376" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D376" s="13"/>
       <c r="E376" s="13"/>
       <c r="F376" s="14"/>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" s="8">
-        <v>21564</v>
+        <v>66914</v>
       </c>
       <c r="B377" s="9" t="s">
-        <v>1053</v>
+        <v>327</v>
       </c>
       <c r="C377" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D377" s="13"/>
       <c r="E377" s="13"/>
       <c r="F377" s="14"/>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" s="8">
-        <v>21565</v>
+        <v>66931</v>
       </c>
       <c r="B378" s="9" t="s">
-        <v>1054</v>
+        <v>328</v>
       </c>
       <c r="C378" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D378" s="13"/>
       <c r="E378" s="13"/>
       <c r="F378" s="14"/>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" s="8">
-        <v>21566</v>
+        <v>66942</v>
       </c>
       <c r="B379" s="9" t="s">
-        <v>1055</v>
+        <v>329</v>
       </c>
       <c r="C379" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D379" s="13"/>
       <c r="E379" s="13"/>
       <c r="F379" s="14"/>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" s="8">
-        <v>21567</v>
+        <v>66943</v>
       </c>
       <c r="B380" s="9" t="s">
-        <v>1056</v>
+        <v>330</v>
       </c>
       <c r="C380" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D380" s="13"/>
       <c r="E380" s="13"/>
       <c r="F380" s="14"/>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" s="8">
-        <v>21568</v>
+        <v>66946</v>
       </c>
       <c r="B381" s="9" t="s">
-        <v>1057</v>
+        <v>331</v>
       </c>
       <c r="C381" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D381" s="13"/>
       <c r="E381" s="13"/>
       <c r="F381" s="14"/>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" s="8">
-        <v>21569</v>
+        <v>66949</v>
       </c>
       <c r="B382" s="9" t="s">
-        <v>1058</v>
+        <v>332</v>
       </c>
       <c r="C382" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D382" s="13"/>
       <c r="E382" s="13"/>
       <c r="F382" s="14"/>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" s="8">
-        <v>21570</v>
+        <v>66951</v>
       </c>
       <c r="B383" s="9" t="s">
-        <v>1059</v>
+        <v>333</v>
       </c>
       <c r="C383" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D383" s="13"/>
       <c r="E383" s="13"/>
       <c r="F383" s="14"/>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" s="8">
-        <v>21571</v>
+        <v>66952</v>
       </c>
       <c r="B384" s="9" t="s">
-        <v>1060</v>
+        <v>334</v>
       </c>
       <c r="C384" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D384" s="13"/>
       <c r="E384" s="13"/>
       <c r="F384" s="14"/>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" s="8">
-        <v>21572</v>
+        <v>66954</v>
       </c>
       <c r="B385" s="9" t="s">
-        <v>1061</v>
+        <v>335</v>
       </c>
       <c r="C385" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D385" s="13"/>
       <c r="E385" s="13"/>
       <c r="F385" s="14"/>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" s="8">
-        <v>21574</v>
+        <v>66956</v>
       </c>
       <c r="B386" s="9" t="s">
-        <v>1062</v>
+        <v>57</v>
       </c>
       <c r="C386" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D386" s="13"/>
       <c r="E386" s="13"/>
       <c r="F386" s="14"/>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" s="8">
-        <v>21578</v>
+        <v>66957</v>
       </c>
       <c r="B387" s="9" t="s">
-        <v>1063</v>
+        <v>88</v>
       </c>
       <c r="C387" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D387" s="13"/>
       <c r="E387" s="13"/>
       <c r="F387" s="14"/>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" s="8">
-        <v>21579</v>
+        <v>66978</v>
       </c>
       <c r="B388" s="9" t="s">
-        <v>1064</v>
+        <v>96</v>
       </c>
       <c r="C388" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D388" s="13"/>
       <c r="E388" s="13"/>
       <c r="F388" s="14"/>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" s="8">
-        <v>21580</v>
+        <v>66981</v>
       </c>
       <c r="B389" s="9" t="s">
-        <v>1220</v>
+        <v>336</v>
       </c>
       <c r="C389" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D389" s="13"/>
       <c r="E389" s="13"/>
       <c r="F389" s="14"/>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" s="8">
-        <v>21581</v>
+        <v>66983</v>
       </c>
       <c r="B390" s="9" t="s">
-        <v>1221</v>
+        <v>337</v>
       </c>
       <c r="C390" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D390" s="13"/>
       <c r="E390" s="13"/>
       <c r="F390" s="14"/>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" s="8">
-        <v>21582</v>
+        <v>66990</v>
       </c>
       <c r="B391" s="9" t="s">
-        <v>1222</v>
+        <v>338</v>
       </c>
       <c r="C391" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D391" s="13"/>
       <c r="E391" s="13"/>
       <c r="F391" s="14"/>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" s="8">
-        <v>21583</v>
+        <v>66991</v>
       </c>
       <c r="B392" s="9" t="s">
-        <v>1223</v>
+        <v>339</v>
       </c>
       <c r="C392" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D392" s="13"/>
       <c r="E392" s="13"/>
       <c r="F392" s="14"/>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" s="8">
-        <v>21584</v>
+        <v>66992</v>
       </c>
       <c r="B393" s="9" t="s">
-        <v>1224</v>
+        <v>340</v>
       </c>
       <c r="C393" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D393" s="13"/>
       <c r="E393" s="13"/>
       <c r="F393" s="14"/>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" s="8">
-        <v>21585</v>
+        <v>67002</v>
       </c>
       <c r="B394" s="9" t="s">
-        <v>1225</v>
+        <v>341</v>
       </c>
       <c r="C394" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D394" s="13"/>
       <c r="E394" s="13"/>
       <c r="F394" s="14"/>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" s="8">
-        <v>21586</v>
+        <v>67017</v>
       </c>
       <c r="B395" s="9" t="s">
-        <v>1226</v>
+        <v>342</v>
       </c>
       <c r="C395" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D395" s="13"/>
       <c r="E395" s="13"/>
       <c r="F395" s="14"/>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" s="8">
-        <v>21587</v>
+        <v>67018</v>
       </c>
       <c r="B396" s="9" t="s">
-        <v>1227</v>
+        <v>343</v>
       </c>
       <c r="C396" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D396" s="13"/>
       <c r="E396" s="13"/>
       <c r="F396" s="14"/>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" s="8">
-        <v>21588</v>
+        <v>67019</v>
       </c>
       <c r="B397" s="9" t="s">
-        <v>1228</v>
+        <v>344</v>
       </c>
       <c r="C397" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D397" s="13"/>
       <c r="E397" s="13"/>
       <c r="F397" s="14"/>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" s="8">
-        <v>21589</v>
+        <v>67020</v>
       </c>
       <c r="B398" s="9" t="s">
-        <v>1229</v>
+        <v>345</v>
       </c>
       <c r="C398" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D398" s="13"/>
       <c r="E398" s="13"/>
       <c r="F398" s="14"/>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" s="8">
-        <v>21590</v>
+        <v>67023</v>
       </c>
       <c r="B399" s="9" t="s">
-        <v>1230</v>
+        <v>101</v>
       </c>
       <c r="C399" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D399" s="13"/>
       <c r="E399" s="13"/>
       <c r="F399" s="14"/>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" s="8">
-        <v>21592</v>
+        <v>67027</v>
       </c>
       <c r="B400" s="9" t="s">
-        <v>1231</v>
+        <v>102</v>
       </c>
       <c r="C400" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D400" s="13"/>
       <c r="E400" s="13"/>
       <c r="F400" s="14"/>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" s="8">
-        <v>21593</v>
+        <v>67028</v>
       </c>
       <c r="B401" s="9" t="s">
-        <v>1232</v>
+        <v>82</v>
       </c>
       <c r="C401" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D401" s="13"/>
       <c r="E401" s="13"/>
       <c r="F401" s="14"/>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" s="8">
-        <v>21595</v>
+        <v>67029</v>
       </c>
       <c r="B402" s="9" t="s">
-        <v>1233</v>
+        <v>118</v>
       </c>
       <c r="C402" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D402" s="13"/>
       <c r="E402" s="13"/>
       <c r="F402" s="14"/>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" s="8">
-        <v>21596</v>
+        <v>67031</v>
       </c>
       <c r="B403" s="9" t="s">
-        <v>1234</v>
+        <v>119</v>
       </c>
       <c r="C403" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D403" s="13"/>
       <c r="E403" s="13"/>
       <c r="F403" s="14"/>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" s="8">
-        <v>21597</v>
+        <v>67043</v>
       </c>
       <c r="B404" s="9" t="s">
-        <v>1235</v>
+        <v>120</v>
       </c>
       <c r="C404" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D404" s="13"/>
       <c r="E404" s="13"/>
       <c r="F404" s="14"/>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" s="8">
-        <v>21598</v>
+        <v>67045</v>
       </c>
       <c r="B405" s="9" t="s">
-        <v>1236</v>
+        <v>121</v>
       </c>
       <c r="C405" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D405" s="13"/>
       <c r="E405" s="13"/>
       <c r="F405" s="14"/>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" s="8">
-        <v>21600</v>
+        <v>67046</v>
       </c>
       <c r="B406" s="9" t="s">
-        <v>1237</v>
+        <v>346</v>
       </c>
       <c r="C406" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D406" s="13"/>
       <c r="E406" s="13"/>
       <c r="F406" s="14"/>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" s="8">
-        <v>21601</v>
+        <v>67047</v>
       </c>
       <c r="B407" s="9" t="s">
-        <v>1238</v>
+        <v>347</v>
       </c>
       <c r="C407" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D407" s="13"/>
       <c r="E407" s="13"/>
       <c r="F407" s="14"/>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" s="8">
-        <v>21602</v>
+        <v>67054</v>
       </c>
       <c r="B408" s="9" t="s">
-        <v>1239</v>
+        <v>63</v>
       </c>
       <c r="C408" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D408" s="13"/>
       <c r="E408" s="13"/>
       <c r="F408" s="14"/>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" s="8">
-        <v>21603</v>
+        <v>67055</v>
       </c>
       <c r="B409" s="9" t="s">
-        <v>1240</v>
+        <v>79</v>
       </c>
       <c r="C409" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D409" s="13"/>
       <c r="E409" s="13"/>
       <c r="F409" s="14"/>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" s="8">
-        <v>21605</v>
+        <v>67058</v>
       </c>
       <c r="B410" s="9" t="s">
-        <v>1241</v>
+        <v>348</v>
       </c>
       <c r="C410" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D410" s="13"/>
       <c r="E410" s="13"/>
       <c r="F410" s="14"/>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" s="8">
-        <v>21606</v>
+        <v>67069</v>
       </c>
       <c r="B411" s="9" t="s">
-        <v>1242</v>
+        <v>349</v>
       </c>
       <c r="C411" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D411" s="13"/>
       <c r="E411" s="13"/>
       <c r="F411" s="14"/>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" s="8">
-        <v>21607</v>
+        <v>67080</v>
       </c>
       <c r="B412" s="9" t="s">
-        <v>1243</v>
+        <v>60</v>
       </c>
       <c r="C412" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D412" s="13"/>
       <c r="E412" s="13"/>
       <c r="F412" s="14"/>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" s="8">
-        <v>21608</v>
+        <v>67083</v>
       </c>
       <c r="B413" s="9" t="s">
-        <v>1244</v>
+        <v>61</v>
       </c>
       <c r="C413" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D413" s="13"/>
       <c r="E413" s="13"/>
       <c r="F413" s="14"/>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" s="8">
-        <v>21609</v>
+        <v>67085</v>
       </c>
       <c r="B414" s="9" t="s">
-        <v>1245</v>
+        <v>350</v>
       </c>
       <c r="C414" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D414" s="13"/>
       <c r="E414" s="13"/>
       <c r="F414" s="14"/>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" s="8">
-        <v>21610</v>
+        <v>67091</v>
       </c>
       <c r="B415" s="9" t="s">
-        <v>1246</v>
+        <v>351</v>
       </c>
       <c r="C415" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D415" s="13"/>
       <c r="E415" s="13"/>
       <c r="F415" s="14"/>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" s="8">
-        <v>21611</v>
+        <v>67095</v>
       </c>
       <c r="B416" s="9" t="s">
-        <v>1247</v>
+        <v>151</v>
       </c>
       <c r="C416" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D416" s="13"/>
       <c r="E416" s="13"/>
       <c r="F416" s="14"/>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" s="8">
-        <v>21612</v>
+        <v>67102</v>
       </c>
       <c r="B417" s="9" t="s">
-        <v>1248</v>
+        <v>352</v>
       </c>
       <c r="C417" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D417" s="13"/>
       <c r="E417" s="13"/>
       <c r="F417" s="14"/>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" s="8">
-        <v>21613</v>
+        <v>67107</v>
       </c>
       <c r="B418" s="9" t="s">
-        <v>1249</v>
+        <v>138</v>
       </c>
       <c r="C418" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D418" s="13"/>
       <c r="E418" s="13"/>
       <c r="F418" s="14"/>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" s="8">
-        <v>21614</v>
+        <v>67110</v>
       </c>
       <c r="B419" s="9" t="s">
-        <v>1250</v>
+        <v>66</v>
       </c>
       <c r="C419" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D419" s="13"/>
       <c r="E419" s="13"/>
       <c r="F419" s="14"/>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" s="8">
-        <v>21615</v>
+        <v>67122</v>
       </c>
       <c r="B420" s="9" t="s">
-        <v>1251</v>
+        <v>117</v>
       </c>
       <c r="C420" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D420" s="13"/>
       <c r="E420" s="13"/>
       <c r="F420" s="14"/>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" s="8">
-        <v>21616</v>
+        <v>67143</v>
       </c>
       <c r="B421" s="9" t="s">
-        <v>1357</v>
+        <v>78</v>
       </c>
       <c r="C421" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D421" s="13"/>
       <c r="E421" s="13"/>
       <c r="F421" s="14"/>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" s="8">
-        <v>21618</v>
+        <v>67153</v>
       </c>
       <c r="B422" s="9" t="s">
-        <v>1358</v>
+        <v>114</v>
       </c>
       <c r="C422" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D422" s="13"/>
       <c r="E422" s="13"/>
       <c r="F422" s="14"/>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" s="8">
-        <v>21619</v>
+        <v>67154</v>
       </c>
       <c r="B423" s="9" t="s">
-        <v>1359</v>
+        <v>80</v>
       </c>
       <c r="C423" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D423" s="13"/>
       <c r="E423" s="13"/>
       <c r="F423" s="14"/>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" s="8">
-        <v>21620</v>
+        <v>67165</v>
       </c>
       <c r="B424" s="9" t="s">
-        <v>1360</v>
+        <v>115</v>
       </c>
       <c r="C424" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D424" s="13"/>
       <c r="E424" s="13"/>
       <c r="F424" s="14"/>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" s="8">
-        <v>21621</v>
+        <v>67170</v>
       </c>
       <c r="B425" s="9" t="s">
-        <v>1361</v>
+        <v>116</v>
       </c>
       <c r="C425" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D425" s="13"/>
       <c r="E425" s="13"/>
       <c r="F425" s="14"/>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" s="8">
-        <v>21622</v>
+        <v>67172</v>
       </c>
       <c r="B426" s="9" t="s">
-        <v>1362</v>
+        <v>129</v>
       </c>
       <c r="C426" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D426" s="13"/>
       <c r="E426" s="13"/>
       <c r="F426" s="14"/>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" s="8">
-        <v>21623</v>
+        <v>67173</v>
       </c>
       <c r="B427" s="9" t="s">
-        <v>1363</v>
+        <v>32</v>
       </c>
       <c r="C427" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D427" s="13"/>
       <c r="E427" s="13"/>
       <c r="F427" s="14"/>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" s="8">
-        <v>21624</v>
+        <v>67174</v>
       </c>
       <c r="B428" s="9" t="s">
-        <v>1364</v>
+        <v>51</v>
       </c>
       <c r="C428" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D428" s="13"/>
       <c r="E428" s="13"/>
       <c r="F428" s="14"/>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" s="8">
-        <v>21625</v>
+        <v>67177</v>
       </c>
       <c r="B429" s="9" t="s">
-        <v>1365</v>
+        <v>31</v>
       </c>
       <c r="C429" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D429" s="13"/>
       <c r="E429" s="13"/>
       <c r="F429" s="14"/>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" s="8">
-        <v>21626</v>
+        <v>67193</v>
       </c>
       <c r="B430" s="9" t="s">
-        <v>1366</v>
+        <v>72</v>
       </c>
       <c r="C430" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D430" s="13"/>
       <c r="E430" s="13"/>
       <c r="F430" s="14"/>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" s="8">
-        <v>21627</v>
+        <v>67194</v>
       </c>
       <c r="B431" s="9" t="s">
-        <v>1367</v>
+        <v>353</v>
       </c>
       <c r="C431" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D431" s="13"/>
       <c r="E431" s="13"/>
       <c r="F431" s="14"/>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" s="8">
-        <v>21628</v>
+        <v>67195</v>
       </c>
       <c r="B432" s="9" t="s">
-        <v>1368</v>
+        <v>354</v>
       </c>
       <c r="C432" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D432" s="13"/>
       <c r="E432" s="13"/>
       <c r="F432" s="14"/>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" s="8">
-        <v>21629</v>
+        <v>67196</v>
       </c>
       <c r="B433" s="9" t="s">
-        <v>1369</v>
+        <v>52</v>
       </c>
       <c r="C433" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D433" s="13"/>
       <c r="E433" s="13"/>
       <c r="F433" s="14"/>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" s="8">
-        <v>21630</v>
+        <v>67203</v>
       </c>
       <c r="B434" s="9" t="s">
-        <v>1370</v>
+        <v>49</v>
       </c>
       <c r="C434" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D434" s="13"/>
       <c r="E434" s="13"/>
       <c r="F434" s="14"/>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" s="8">
-        <v>21631</v>
+        <v>67209</v>
       </c>
       <c r="B435" s="9" t="s">
-        <v>1371</v>
+        <v>50</v>
       </c>
       <c r="C435" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D435" s="13"/>
       <c r="E435" s="13"/>
       <c r="F435" s="14"/>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" s="8">
-        <v>21632</v>
+        <v>67211</v>
       </c>
       <c r="B436" s="9" t="s">
-        <v>1372</v>
+        <v>68</v>
       </c>
       <c r="C436" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D436" s="13"/>
       <c r="E436" s="13"/>
       <c r="F436" s="14"/>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" s="8">
-        <v>21633</v>
+        <v>67212</v>
       </c>
       <c r="B437" s="9" t="s">
-        <v>1373</v>
+        <v>70</v>
       </c>
       <c r="C437" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D437" s="13"/>
       <c r="E437" s="13"/>
       <c r="F437" s="14"/>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" s="8">
-        <v>21634</v>
+        <v>67214</v>
       </c>
       <c r="B438" s="9" t="s">
-        <v>1374</v>
+        <v>107</v>
       </c>
       <c r="C438" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D438" s="13"/>
       <c r="E438" s="13"/>
       <c r="F438" s="14"/>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" s="8">
-        <v>21635</v>
+        <v>67217</v>
       </c>
       <c r="B439" s="9" t="s">
-        <v>1375</v>
+        <v>93</v>
       </c>
       <c r="C439" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D439" s="13"/>
       <c r="E439" s="13"/>
       <c r="F439" s="14"/>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" s="8">
-        <v>21637</v>
+        <v>67218</v>
       </c>
       <c r="B440" s="9" t="s">
-        <v>1376</v>
+        <v>53</v>
       </c>
       <c r="C440" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D440" s="13"/>
       <c r="E440" s="13"/>
       <c r="F440" s="14"/>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" s="8">
-        <v>21639</v>
+        <v>67225</v>
       </c>
       <c r="B441" s="9" t="s">
-        <v>1377</v>
+        <v>153</v>
       </c>
       <c r="C441" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D441" s="13"/>
       <c r="E441" s="13"/>
       <c r="F441" s="14"/>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" s="8">
-        <v>21640</v>
+        <v>67226</v>
       </c>
       <c r="B442" s="9" t="s">
-        <v>1378</v>
+        <v>73</v>
       </c>
       <c r="C442" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D442" s="13"/>
       <c r="E442" s="13"/>
       <c r="F442" s="14"/>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" s="8">
-        <v>21647</v>
+        <v>67228</v>
       </c>
       <c r="B443" s="9" t="s">
-        <v>1379</v>
+        <v>355</v>
       </c>
       <c r="C443" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D443" s="13"/>
       <c r="E443" s="13"/>
       <c r="F443" s="14"/>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" s="8">
-        <v>21801</v>
+        <v>67230</v>
       </c>
       <c r="B444" s="9" t="s">
-        <v>1380</v>
+        <v>356</v>
       </c>
       <c r="C444" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D444" s="13"/>
       <c r="E444" s="13"/>
       <c r="F444" s="14"/>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" s="8">
-        <v>21817</v>
+        <v>67238</v>
       </c>
       <c r="B445" s="9" t="s">
-        <v>1381</v>
+        <v>357</v>
       </c>
       <c r="C445" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D445" s="13"/>
       <c r="E445" s="13"/>
       <c r="F445" s="14"/>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" s="8">
-        <v>21979</v>
+        <v>67250</v>
       </c>
       <c r="B446" s="9" t="s">
-        <v>1382</v>
+        <v>358</v>
       </c>
       <c r="C446" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D446" s="13"/>
       <c r="E446" s="13"/>
       <c r="F446" s="14"/>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" s="8">
-        <v>22035</v>
+        <v>67251</v>
       </c>
       <c r="B447" s="9" t="s">
-        <v>1383</v>
+        <v>359</v>
       </c>
       <c r="C447" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D447" s="13"/>
       <c r="E447" s="13"/>
       <c r="F447" s="14"/>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" s="8">
-        <v>22240</v>
+        <v>67252</v>
       </c>
       <c r="B448" s="9" t="s">
-        <v>1384</v>
+        <v>360</v>
       </c>
       <c r="C448" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D448" s="13"/>
       <c r="E448" s="13"/>
       <c r="F448" s="14"/>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" s="8">
-        <v>22596</v>
+        <v>67267</v>
       </c>
       <c r="B449" s="9" t="s">
-        <v>1385</v>
+        <v>361</v>
       </c>
       <c r="C449" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D449" s="13"/>
       <c r="E449" s="13"/>
       <c r="F449" s="14"/>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" s="8">
-        <v>22642</v>
+        <v>67282</v>
       </c>
       <c r="B450" s="9" t="s">
-        <v>1386</v>
+        <v>362</v>
       </c>
       <c r="C450" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D450" s="13"/>
       <c r="E450" s="13"/>
       <c r="F450" s="14"/>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" s="8">
-        <v>22882</v>
+        <v>67307</v>
       </c>
       <c r="B451" s="9" t="s">
-        <v>1387</v>
+        <v>363</v>
       </c>
       <c r="C451" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D451" s="13"/>
       <c r="E451" s="13"/>
       <c r="F451" s="14"/>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" s="8">
-        <v>23077</v>
+        <v>67323</v>
       </c>
       <c r="B452" s="9" t="s">
-        <v>1388</v>
+        <v>364</v>
       </c>
       <c r="C452" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D452" s="13"/>
       <c r="E452" s="13"/>
       <c r="F452" s="14"/>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" s="8">
-        <v>23277</v>
+        <v>67326</v>
       </c>
       <c r="B453" s="9" t="s">
-        <v>1389</v>
+        <v>365</v>
       </c>
       <c r="C453" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D453" s="13"/>
       <c r="E453" s="13"/>
       <c r="F453" s="14"/>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" s="8">
-        <v>23301</v>
+        <v>67337</v>
       </c>
       <c r="B454" s="9" t="s">
-        <v>1390</v>
+        <v>366</v>
       </c>
       <c r="C454" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D454" s="13"/>
       <c r="E454" s="13"/>
       <c r="F454" s="14"/>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" s="8">
-        <v>23503</v>
+        <v>67345</v>
       </c>
       <c r="B455" s="9" t="s">
-        <v>1391</v>
+        <v>109</v>
       </c>
       <c r="C455" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D455" s="13"/>
       <c r="E455" s="13"/>
       <c r="F455" s="14"/>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" s="8">
-        <v>23666</v>
+        <v>67348</v>
       </c>
       <c r="B456" s="9" t="s">
-        <v>1392</v>
+        <v>367</v>
       </c>
       <c r="C456" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D456" s="13"/>
       <c r="E456" s="13"/>
       <c r="F456" s="14"/>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" s="8">
-        <v>23674</v>
+        <v>67350</v>
       </c>
       <c r="B457" s="9" t="s">
-        <v>1393</v>
+        <v>368</v>
       </c>
       <c r="C457" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D457" s="13"/>
       <c r="E457" s="13"/>
       <c r="F457" s="14"/>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" s="8">
-        <v>23740</v>
+        <v>67352</v>
       </c>
       <c r="B458" s="9" t="s">
-        <v>1394</v>
+        <v>36</v>
       </c>
       <c r="C458" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D458" s="13"/>
       <c r="E458" s="13"/>
       <c r="F458" s="14"/>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" s="8">
-        <v>23746</v>
+        <v>67353</v>
       </c>
       <c r="B459" s="9" t="s">
-        <v>1395</v>
+        <v>125</v>
       </c>
       <c r="C459" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D459" s="13"/>
       <c r="E459" s="13"/>
       <c r="F459" s="14"/>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" s="8">
-        <v>23747</v>
+        <v>67354</v>
       </c>
       <c r="B460" s="9" t="s">
-        <v>1396</v>
+        <v>369</v>
       </c>
       <c r="C460" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D460" s="13"/>
       <c r="E460" s="13"/>
       <c r="F460" s="14"/>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" s="8">
-        <v>23755</v>
+        <v>67365</v>
       </c>
       <c r="B461" s="9" t="s">
-        <v>1397</v>
+        <v>370</v>
       </c>
       <c r="C461" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D461" s="13"/>
       <c r="E461" s="13"/>
       <c r="F461" s="14"/>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" s="8">
-        <v>23757</v>
+        <v>67369</v>
       </c>
       <c r="B462" s="9" t="s">
-        <v>1398</v>
+        <v>371</v>
       </c>
       <c r="C462" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D462" s="13"/>
       <c r="E462" s="13"/>
       <c r="F462" s="14"/>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" s="8">
-        <v>23758</v>
+        <v>67378</v>
       </c>
       <c r="B463" s="9" t="s">
-        <v>1399</v>
+        <v>372</v>
       </c>
       <c r="C463" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D463" s="13"/>
       <c r="E463" s="13"/>
       <c r="F463" s="14"/>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" s="8">
-        <v>23784</v>
+        <v>67383</v>
       </c>
       <c r="B464" s="9" t="s">
-        <v>1400</v>
+        <v>76</v>
       </c>
       <c r="C464" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D464" s="13"/>
       <c r="E464" s="13"/>
       <c r="F464" s="14"/>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" s="8">
-        <v>23847</v>
+        <v>67386</v>
       </c>
       <c r="B465" s="9" t="s">
-        <v>1401</v>
+        <v>91</v>
       </c>
       <c r="C465" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D465" s="13"/>
       <c r="E465" s="13"/>
       <c r="F465" s="14"/>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" s="8">
-        <v>23853</v>
+        <v>67387</v>
       </c>
       <c r="B466" s="9" t="s">
-        <v>1402</v>
+        <v>110</v>
       </c>
       <c r="C466" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D466" s="13"/>
       <c r="E466" s="13"/>
       <c r="F466" s="14"/>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" s="8">
-        <v>24002</v>
+        <v>67398</v>
       </c>
       <c r="B467" s="9" t="s">
-        <v>1403</v>
+        <v>27</v>
       </c>
       <c r="C467" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D467" s="13"/>
       <c r="E467" s="13"/>
       <c r="F467" s="14"/>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" s="8">
-        <v>24115</v>
+        <v>67402</v>
       </c>
       <c r="B468" s="9" t="s">
-        <v>1404</v>
+        <v>28</v>
       </c>
       <c r="C468" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D468" s="13"/>
       <c r="E468" s="13"/>
       <c r="F468" s="14"/>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" s="8">
-        <v>24291</v>
+        <v>67407</v>
       </c>
       <c r="B469" s="9" t="s">
-        <v>1405</v>
+        <v>90</v>
       </c>
       <c r="C469" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D469" s="13"/>
       <c r="E469" s="13"/>
       <c r="F469" s="14"/>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" s="8">
-        <v>24612</v>
+        <v>67409</v>
       </c>
       <c r="B470" s="9" t="s">
-        <v>1406</v>
+        <v>139</v>
       </c>
       <c r="C470" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D470" s="13"/>
       <c r="E470" s="13"/>
       <c r="F470" s="14"/>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" s="8">
-        <v>24654</v>
+        <v>67413</v>
       </c>
       <c r="B471" s="9" t="s">
-        <v>1407</v>
+        <v>123</v>
       </c>
       <c r="C471" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D471" s="13"/>
       <c r="E471" s="13"/>
       <c r="F471" s="14"/>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" s="8">
-        <v>24950</v>
+        <v>67421</v>
       </c>
       <c r="B472" s="9" t="s">
-        <v>1408</v>
+        <v>124</v>
       </c>
       <c r="C472" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D472" s="13"/>
       <c r="E472" s="13"/>
       <c r="F472" s="14"/>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" s="8">
-        <v>25392</v>
+        <v>67425</v>
       </c>
       <c r="B473" s="9" t="s">
-        <v>1409</v>
+        <v>424</v>
       </c>
       <c r="C473" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D473" s="13"/>
       <c r="E473" s="13"/>
       <c r="F473" s="14"/>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" s="8">
-        <v>25446</v>
+        <v>67426</v>
       </c>
       <c r="B474" s="9" t="s">
-        <v>1410</v>
+        <v>425</v>
       </c>
       <c r="C474" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D474" s="13"/>
       <c r="E474" s="13"/>
       <c r="F474" s="14"/>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" s="8">
-        <v>25464</v>
+        <v>67438</v>
       </c>
       <c r="B475" s="9" t="s">
-        <v>1411</v>
+        <v>426</v>
       </c>
       <c r="C475" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D475" s="13"/>
       <c r="E475" s="13"/>
       <c r="F475" s="14"/>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" s="8">
-        <v>25470</v>
+        <v>67462</v>
       </c>
       <c r="B476" s="9" t="s">
-        <v>1412</v>
+        <v>427</v>
       </c>
       <c r="C476" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D476" s="13"/>
       <c r="E476" s="13"/>
       <c r="F476" s="14"/>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" s="8">
-        <v>25485</v>
+        <v>67469</v>
       </c>
       <c r="B477" s="9" t="s">
-        <v>1413</v>
+        <v>428</v>
       </c>
       <c r="C477" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D477" s="13"/>
       <c r="E477" s="13"/>
       <c r="F477" s="14"/>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" s="8">
-        <v>25510</v>
+        <v>67470</v>
       </c>
       <c r="B478" s="9" t="s">
-        <v>1414</v>
+        <v>429</v>
       </c>
       <c r="C478" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D478" s="13"/>
       <c r="E478" s="13"/>
       <c r="F478" s="14"/>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" s="8">
-        <v>25512</v>
+        <v>67471</v>
       </c>
       <c r="B479" s="9" t="s">
-        <v>1415</v>
+        <v>150</v>
       </c>
       <c r="C479" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D479" s="13"/>
       <c r="E479" s="13"/>
       <c r="F479" s="14"/>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" s="8">
-        <v>25518</v>
+        <v>67472</v>
       </c>
       <c r="B480" s="9" t="s">
-        <v>1416</v>
+        <v>147</v>
       </c>
       <c r="C480" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D480" s="13"/>
       <c r="E480" s="13"/>
       <c r="F480" s="14"/>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" s="8">
-        <v>25644</v>
+        <v>67473</v>
       </c>
       <c r="B481" s="9" t="s">
-        <v>1417</v>
+        <v>148</v>
       </c>
       <c r="C481" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D481" s="13"/>
       <c r="E481" s="13"/>
       <c r="F481" s="14"/>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" s="8">
-        <v>25810</v>
+        <v>67476</v>
       </c>
       <c r="B482" s="9" t="s">
-        <v>1418</v>
+        <v>149</v>
       </c>
       <c r="C482" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D482" s="13"/>
       <c r="E482" s="13"/>
       <c r="F482" s="14"/>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" s="8">
-        <v>25841</v>
+        <v>67479</v>
       </c>
       <c r="B483" s="9" t="s">
-        <v>1419</v>
+        <v>430</v>
       </c>
       <c r="C483" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D483" s="13"/>
       <c r="E483" s="13"/>
       <c r="F483" s="14"/>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" s="8">
-        <v>25850</v>
+        <v>67502</v>
       </c>
       <c r="B484" s="9" t="s">
-        <v>1537</v>
+        <v>431</v>
       </c>
       <c r="C484" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D484" s="13"/>
       <c r="E484" s="13"/>
       <c r="F484" s="14"/>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" s="8">
-        <v>25858</v>
+        <v>67514</v>
       </c>
       <c r="B485" s="9" t="s">
-        <v>1538</v>
+        <v>432</v>
       </c>
       <c r="C485" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D485" s="13"/>
       <c r="E485" s="13"/>
       <c r="F485" s="14"/>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" s="8">
-        <v>25861</v>
+        <v>67528</v>
       </c>
       <c r="B486" s="9" t="s">
-        <v>1539</v>
+        <v>433</v>
       </c>
       <c r="C486" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D486" s="13"/>
       <c r="E486" s="13"/>
       <c r="F486" s="14"/>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" s="8">
-        <v>25975</v>
+        <v>67534</v>
       </c>
       <c r="B487" s="9" t="s">
-        <v>1540</v>
+        <v>434</v>
       </c>
       <c r="C487" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D487" s="13"/>
       <c r="E487" s="13"/>
       <c r="F487" s="14"/>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" s="8">
-        <v>25980</v>
+        <v>67536</v>
       </c>
       <c r="B488" s="9" t="s">
-        <v>1541</v>
+        <v>435</v>
       </c>
       <c r="C488" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D488" s="13"/>
       <c r="E488" s="13"/>
       <c r="F488" s="14"/>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" s="8">
-        <v>25989</v>
+        <v>67538</v>
       </c>
       <c r="B489" s="9" t="s">
-        <v>1542</v>
+        <v>436</v>
       </c>
       <c r="C489" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D489" s="13"/>
       <c r="E489" s="13"/>
       <c r="F489" s="14"/>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" s="8">
-        <v>25992</v>
+        <v>67539</v>
       </c>
       <c r="B490" s="9" t="s">
-        <v>1543</v>
+        <v>437</v>
       </c>
       <c r="C490" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D490" s="13"/>
       <c r="E490" s="13"/>
       <c r="F490" s="14"/>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" s="8">
-        <v>26074</v>
+        <v>67552</v>
       </c>
       <c r="B491" s="9" t="s">
-        <v>1544</v>
+        <v>438</v>
       </c>
       <c r="C491" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D491" s="13"/>
       <c r="E491" s="13"/>
       <c r="F491" s="14"/>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" s="8">
-        <v>26125</v>
+        <v>67554</v>
       </c>
       <c r="B492" s="9" t="s">
-        <v>1545</v>
+        <v>439</v>
       </c>
       <c r="C492" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D492" s="13"/>
       <c r="E492" s="13"/>
       <c r="F492" s="14"/>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" s="8">
-        <v>26272</v>
+        <v>67581</v>
       </c>
       <c r="B493" s="9" t="s">
-        <v>1546</v>
+        <v>440</v>
       </c>
       <c r="C493" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D493" s="13"/>
       <c r="E493" s="13"/>
       <c r="F493" s="14"/>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" s="8">
-        <v>26284</v>
+        <v>67583</v>
       </c>
       <c r="B494" s="9" t="s">
-        <v>1547</v>
+        <v>441</v>
       </c>
       <c r="C494" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D494" s="13"/>
       <c r="E494" s="13"/>
       <c r="F494" s="14"/>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" s="8">
-        <v>26292</v>
+        <v>67584</v>
       </c>
       <c r="B495" s="9" t="s">
-        <v>1548</v>
+        <v>442</v>
       </c>
       <c r="C495" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D495" s="13"/>
       <c r="E495" s="13"/>
       <c r="F495" s="14"/>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" s="8">
-        <v>26360</v>
+        <v>67595</v>
       </c>
       <c r="B496" s="9" t="s">
-        <v>1549</v>
+        <v>135</v>
       </c>
       <c r="C496" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D496" s="13"/>
       <c r="E496" s="13"/>
       <c r="F496" s="14"/>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" s="8">
-        <v>26382</v>
+        <v>67596</v>
       </c>
       <c r="B497" s="9" t="s">
-        <v>1550</v>
+        <v>37</v>
       </c>
       <c r="C497" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D497" s="13"/>
       <c r="E497" s="13"/>
       <c r="F497" s="14"/>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" s="8">
-        <v>26433</v>
+        <v>67599</v>
       </c>
       <c r="B498" s="9" t="s">
-        <v>1551</v>
+        <v>154</v>
       </c>
       <c r="C498" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D498" s="13"/>
       <c r="E498" s="13"/>
       <c r="F498" s="14"/>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" s="8">
-        <v>26441</v>
+        <v>67659</v>
       </c>
       <c r="B499" s="9" t="s">
-        <v>1552</v>
+        <v>443</v>
       </c>
       <c r="C499" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D499" s="13"/>
       <c r="E499" s="13"/>
       <c r="F499" s="14"/>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" s="8">
-        <v>26443</v>
+        <v>67660</v>
       </c>
       <c r="B500" s="9" t="s">
-        <v>1553</v>
+        <v>444</v>
       </c>
       <c r="C500" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D500" s="13"/>
       <c r="E500" s="13"/>
       <c r="F500" s="14"/>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" s="8">
-        <v>26449</v>
+        <v>67665</v>
       </c>
       <c r="B501" s="9" t="s">
-        <v>1554</v>
+        <v>445</v>
       </c>
       <c r="C501" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D501" s="13"/>
       <c r="E501" s="13"/>
       <c r="F501" s="14"/>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" s="8">
-        <v>26456</v>
+        <v>67666</v>
       </c>
       <c r="B502" s="9" t="s">
-        <v>1555</v>
+        <v>446</v>
       </c>
       <c r="C502" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D502" s="13"/>
       <c r="E502" s="13"/>
       <c r="F502" s="14"/>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" s="8">
-        <v>26492</v>
+        <v>67667</v>
       </c>
       <c r="B503" s="9" t="s">
-        <v>1556</v>
+        <v>447</v>
       </c>
       <c r="C503" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D503" s="13"/>
       <c r="E503" s="13"/>
       <c r="F503" s="14"/>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" s="8">
-        <v>26521</v>
+        <v>67669</v>
       </c>
       <c r="B504" s="9" t="s">
-        <v>1557</v>
+        <v>448</v>
       </c>
       <c r="C504" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D504" s="13"/>
       <c r="E504" s="13"/>
       <c r="F504" s="14"/>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" s="8">
-        <v>26551</v>
+        <v>67670</v>
       </c>
       <c r="B505" s="9" t="s">
-        <v>1558</v>
+        <v>449</v>
       </c>
       <c r="C505" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D505" s="13"/>
       <c r="E505" s="13"/>
       <c r="F505" s="14"/>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" s="8">
-        <v>26576</v>
+        <v>67671</v>
       </c>
       <c r="B506" s="9" t="s">
-        <v>1559</v>
+        <v>450</v>
       </c>
       <c r="C506" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D506" s="13"/>
       <c r="E506" s="13"/>
       <c r="F506" s="14"/>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" s="8">
-        <v>26592</v>
+        <v>67672</v>
       </c>
       <c r="B507" s="9" t="s">
-        <v>1560</v>
+        <v>451</v>
       </c>
       <c r="C507" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D507" s="13"/>
       <c r="E507" s="13"/>
       <c r="F507" s="14"/>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" s="8">
-        <v>26597</v>
+        <v>67678</v>
       </c>
       <c r="B508" s="9" t="s">
-        <v>1561</v>
+        <v>452</v>
       </c>
       <c r="C508" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D508" s="13"/>
       <c r="E508" s="13"/>
       <c r="F508" s="14"/>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" s="8">
-        <v>26663</v>
+        <v>67679</v>
       </c>
       <c r="B509" s="9" t="s">
-        <v>1562</v>
+        <v>59</v>
       </c>
       <c r="C509" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D509" s="13"/>
       <c r="E509" s="13"/>
       <c r="F509" s="14"/>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" s="8">
-        <v>26705</v>
+        <v>67681</v>
       </c>
       <c r="B510" s="9" t="s">
-        <v>1563</v>
+        <v>453</v>
       </c>
       <c r="C510" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D510" s="13"/>
       <c r="E510" s="13"/>
       <c r="F510" s="14"/>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" s="8">
-        <v>26766</v>
+        <v>67682</v>
       </c>
       <c r="B511" s="9" t="s">
-        <v>1564</v>
+        <v>29</v>
       </c>
       <c r="C511" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D511" s="13"/>
       <c r="E511" s="13"/>
       <c r="F511" s="14"/>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" s="8">
-        <v>26788</v>
+        <v>67685</v>
       </c>
       <c r="B512" s="9" t="s">
-        <v>1565</v>
+        <v>454</v>
       </c>
       <c r="C512" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D512" s="13"/>
       <c r="E512" s="13"/>
       <c r="F512" s="14"/>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" s="8">
-        <v>26810</v>
+        <v>67689</v>
       </c>
       <c r="B513" s="9" t="s">
-        <v>1566</v>
+        <v>46</v>
       </c>
       <c r="C513" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D513" s="13"/>
       <c r="E513" s="13"/>
       <c r="F513" s="14"/>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" s="8">
-        <v>26811</v>
+        <v>67690</v>
       </c>
       <c r="B514" s="9" t="s">
-        <v>1567</v>
+        <v>47</v>
       </c>
       <c r="C514" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D514" s="13"/>
       <c r="E514" s="13"/>
       <c r="F514" s="14"/>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" s="8">
-        <v>26817</v>
+        <v>67691</v>
       </c>
       <c r="B515" s="9" t="s">
-        <v>1568</v>
+        <v>48</v>
       </c>
       <c r="C515" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D515" s="13"/>
       <c r="E515" s="13"/>
       <c r="F515" s="14"/>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" s="8">
-        <v>26861</v>
+        <v>67694</v>
       </c>
       <c r="B516" s="9" t="s">
-        <v>1569</v>
+        <v>455</v>
       </c>
       <c r="C516" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D516" s="13"/>
       <c r="E516" s="13"/>
       <c r="F516" s="14"/>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" s="8">
-        <v>26880</v>
+        <v>67695</v>
       </c>
       <c r="B517" s="9" t="s">
-        <v>1570</v>
+        <v>34</v>
       </c>
       <c r="C517" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D517" s="13"/>
       <c r="E517" s="13"/>
       <c r="F517" s="14"/>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" s="8">
-        <v>26892</v>
+        <v>67696</v>
       </c>
       <c r="B518" s="9" t="s">
-        <v>1571</v>
+        <v>456</v>
       </c>
       <c r="C518" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D518" s="13"/>
       <c r="E518" s="13"/>
       <c r="F518" s="14"/>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" s="8">
-        <v>26902</v>
+        <v>67698</v>
       </c>
       <c r="B519" s="9" t="s">
-        <v>1572</v>
+        <v>457</v>
       </c>
       <c r="C519" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D519" s="13"/>
       <c r="E519" s="13"/>
       <c r="F519" s="14"/>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" s="8">
-        <v>26913</v>
+        <v>67704</v>
       </c>
       <c r="B520" s="9" t="s">
-        <v>1573</v>
+        <v>458</v>
       </c>
       <c r="C520" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D520" s="13"/>
       <c r="E520" s="13"/>
       <c r="F520" s="14"/>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" s="8">
-        <v>26923</v>
+        <v>67708</v>
       </c>
       <c r="B521" s="9" t="s">
-        <v>1574</v>
+        <v>459</v>
       </c>
       <c r="C521" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D521" s="13"/>
       <c r="E521" s="13"/>
       <c r="F521" s="14"/>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" s="8">
-        <v>26931</v>
+        <v>67714</v>
       </c>
       <c r="B522" s="9" t="s">
-        <v>1575</v>
+        <v>460</v>
       </c>
       <c r="C522" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D522" s="13"/>
       <c r="E522" s="13"/>
       <c r="F522" s="14"/>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" s="8">
-        <v>26948</v>
+        <v>67715</v>
       </c>
       <c r="B523" s="9" t="s">
-        <v>1576</v>
+        <v>461</v>
       </c>
       <c r="C523" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D523" s="13"/>
       <c r="E523" s="13"/>
       <c r="F523" s="14"/>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" s="8">
-        <v>26951</v>
+        <v>67721</v>
       </c>
       <c r="B524" s="9" t="s">
-        <v>1577</v>
+        <v>462</v>
       </c>
       <c r="C524" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D524" s="13"/>
       <c r="E524" s="13"/>
       <c r="F524" s="14"/>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" s="8">
-        <v>26958</v>
+        <v>67725</v>
       </c>
       <c r="B525" s="9" t="s">
-        <v>1578</v>
+        <v>54</v>
       </c>
       <c r="C525" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D525" s="13"/>
       <c r="E525" s="13"/>
       <c r="F525" s="14"/>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" s="8">
-        <v>26961</v>
+        <v>67726</v>
       </c>
       <c r="B526" s="9" t="s">
-        <v>1579</v>
+        <v>87</v>
       </c>
       <c r="C526" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D526" s="13"/>
       <c r="E526" s="13"/>
       <c r="F526" s="14"/>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" s="8">
-        <v>26965</v>
+        <v>67731</v>
       </c>
       <c r="B527" s="9" t="s">
-        <v>1580</v>
+        <v>463</v>
       </c>
       <c r="C527" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D527" s="13"/>
       <c r="E527" s="13"/>
       <c r="F527" s="14"/>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" s="8">
-        <v>26981</v>
+        <v>67732</v>
       </c>
       <c r="B528" s="9" t="s">
-        <v>1581</v>
+        <v>464</v>
       </c>
       <c r="C528" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D528" s="13"/>
       <c r="E528" s="13"/>
       <c r="F528" s="14"/>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" s="8">
-        <v>26984</v>
+        <v>67734</v>
       </c>
       <c r="B529" s="9" t="s">
-        <v>1582</v>
+        <v>465</v>
       </c>
       <c r="C529" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D529" s="13"/>
       <c r="E529" s="13"/>
       <c r="F529" s="14"/>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" s="8">
-        <v>27049</v>
+        <v>67741</v>
       </c>
       <c r="B530" s="9" t="s">
-        <v>1583</v>
+        <v>466</v>
       </c>
       <c r="C530" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D530" s="13"/>
       <c r="E530" s="13"/>
       <c r="F530" s="14"/>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" s="8">
-        <v>27062</v>
+        <v>67742</v>
       </c>
       <c r="B531" s="9" t="s">
-        <v>1584</v>
+        <v>467</v>
       </c>
       <c r="C531" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D531" s="13"/>
       <c r="E531" s="13"/>
       <c r="F531" s="14"/>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" s="8">
-        <v>27064</v>
+        <v>67745</v>
       </c>
       <c r="B532" s="9" t="s">
-        <v>1585</v>
+        <v>33</v>
       </c>
       <c r="C532" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D532" s="13"/>
       <c r="E532" s="13"/>
       <c r="F532" s="14"/>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" s="8">
-        <v>27071</v>
+        <v>67750</v>
       </c>
       <c r="B533" s="9" t="s">
-        <v>1586</v>
+        <v>74</v>
       </c>
       <c r="C533" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D533" s="13"/>
       <c r="E533" s="13"/>
       <c r="F533" s="14"/>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" s="8">
-        <v>27076</v>
+        <v>67751</v>
       </c>
       <c r="B534" s="9" t="s">
-        <v>1587</v>
+        <v>105</v>
       </c>
       <c r="C534" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D534" s="13"/>
       <c r="E534" s="13"/>
       <c r="F534" s="14"/>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" s="8">
-        <v>27091</v>
+        <v>67761</v>
       </c>
       <c r="B535" s="9" t="s">
-        <v>1588</v>
+        <v>69</v>
       </c>
       <c r="C535" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D535" s="13"/>
       <c r="E535" s="13"/>
       <c r="F535" s="14"/>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" s="8">
-        <v>27095</v>
+        <v>67780</v>
       </c>
       <c r="B536" s="9" t="s">
-        <v>1589</v>
+        <v>81</v>
       </c>
       <c r="C536" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D536" s="13"/>
       <c r="E536" s="13"/>
       <c r="F536" s="14"/>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" s="8">
-        <v>27101</v>
+        <v>67784</v>
       </c>
       <c r="B537" s="9" t="s">
-        <v>1590</v>
+        <v>468</v>
       </c>
       <c r="C537" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D537" s="13"/>
       <c r="E537" s="13"/>
       <c r="F537" s="14"/>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" s="8">
-        <v>27115</v>
+        <v>67789</v>
       </c>
       <c r="B538" s="9" t="s">
-        <v>1591</v>
+        <v>469</v>
       </c>
       <c r="C538" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D538" s="13"/>
       <c r="E538" s="13"/>
       <c r="F538" s="14"/>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" s="8">
-        <v>27122</v>
+        <v>67796</v>
       </c>
       <c r="B539" s="9" t="s">
-        <v>1592</v>
+        <v>470</v>
       </c>
       <c r="C539" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D539" s="13"/>
       <c r="E539" s="13"/>
       <c r="F539" s="14"/>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" s="8">
-        <v>27133</v>
+        <v>67798</v>
       </c>
       <c r="B540" s="9" t="s">
-        <v>1593</v>
+        <v>471</v>
       </c>
       <c r="C540" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D540" s="13"/>
       <c r="E540" s="13"/>
       <c r="F540" s="14"/>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" s="8">
-        <v>27139</v>
+        <v>67811</v>
       </c>
       <c r="B541" s="9" t="s">
-        <v>1594</v>
+        <v>472</v>
       </c>
       <c r="C541" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D541" s="13"/>
       <c r="E541" s="13"/>
       <c r="F541" s="14"/>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" s="8">
-        <v>27141</v>
+        <v>67812</v>
       </c>
       <c r="B542" s="9" t="s">
-        <v>1595</v>
+        <v>473</v>
       </c>
       <c r="C542" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D542" s="13"/>
       <c r="E542" s="13"/>
       <c r="F542" s="14"/>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" s="8">
-        <v>27163</v>
+        <v>67818</v>
       </c>
       <c r="B543" s="9" t="s">
-        <v>1596</v>
+        <v>474</v>
       </c>
       <c r="C543" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D543" s="13"/>
       <c r="E543" s="13"/>
       <c r="F543" s="14"/>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" s="8">
-        <v>27172</v>
+        <v>67820</v>
       </c>
       <c r="B544" s="9" t="s">
-        <v>1597</v>
+        <v>475</v>
       </c>
       <c r="C544" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D544" s="13"/>
       <c r="E544" s="13"/>
       <c r="F544" s="14"/>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" s="8">
-        <v>27187</v>
+        <v>67829</v>
       </c>
       <c r="B545" s="9" t="s">
-        <v>1598</v>
+        <v>476</v>
       </c>
       <c r="C545" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D545" s="13"/>
       <c r="E545" s="13"/>
       <c r="F545" s="14"/>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" s="8">
-        <v>27226</v>
+        <v>67830</v>
       </c>
       <c r="B546" s="9" t="s">
-        <v>1599</v>
+        <v>477</v>
       </c>
       <c r="C546" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D546" s="13"/>
       <c r="E546" s="13"/>
       <c r="F546" s="14"/>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" s="8">
-        <v>27276</v>
+        <v>67836</v>
       </c>
       <c r="B547" s="9" t="s">
-        <v>1600</v>
+        <v>478</v>
       </c>
       <c r="C547" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D547" s="13"/>
       <c r="E547" s="13"/>
       <c r="F547" s="14"/>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" s="8">
-        <v>27354</v>
+        <v>67837</v>
       </c>
       <c r="B548" s="9" t="s">
-        <v>1601</v>
+        <v>479</v>
       </c>
       <c r="C548" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D548" s="13"/>
       <c r="E548" s="13"/>
       <c r="F548" s="14"/>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" s="8">
-        <v>27366</v>
+        <v>67839</v>
       </c>
       <c r="B549" s="9" t="s">
-        <v>1602</v>
+        <v>480</v>
       </c>
       <c r="C549" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D549" s="13"/>
       <c r="E549" s="13"/>
       <c r="F549" s="14"/>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" s="8">
-        <v>27395</v>
+        <v>67842</v>
       </c>
       <c r="B550" s="9" t="s">
-        <v>1603</v>
+        <v>481</v>
       </c>
       <c r="C550" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D550" s="13"/>
       <c r="E550" s="13"/>
       <c r="F550" s="14"/>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" s="8">
-        <v>27421</v>
+        <v>67846</v>
       </c>
       <c r="B551" s="9" t="s">
-        <v>1604</v>
+        <v>482</v>
       </c>
       <c r="C551" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D551" s="13"/>
       <c r="E551" s="13"/>
       <c r="F551" s="14"/>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" s="8">
-        <v>27563</v>
+        <v>67848</v>
       </c>
       <c r="B552" s="9" t="s">
-        <v>1605</v>
+        <v>140</v>
       </c>
       <c r="C552" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D552" s="13"/>
       <c r="E552" s="13"/>
       <c r="F552" s="14"/>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" s="8">
-        <v>27670</v>
+        <v>67849</v>
       </c>
       <c r="B553" s="9" t="s">
-        <v>1606</v>
+        <v>137</v>
       </c>
       <c r="C553" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D553" s="13"/>
       <c r="E553" s="13"/>
       <c r="F553" s="14"/>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" s="8">
-        <v>27677</v>
+        <v>67856</v>
       </c>
       <c r="B554" s="9" t="s">
-        <v>1607</v>
+        <v>85</v>
       </c>
       <c r="C554" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D554" s="13"/>
       <c r="E554" s="13"/>
       <c r="F554" s="14"/>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" s="8">
-        <v>27696</v>
+        <v>67859</v>
       </c>
       <c r="B555" s="9" t="s">
-        <v>1608</v>
+        <v>483</v>
       </c>
       <c r="C555" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D555" s="13"/>
       <c r="E555" s="13"/>
       <c r="F555" s="14"/>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" s="8">
-        <v>27712</v>
+        <v>67862</v>
       </c>
       <c r="B556" s="9" t="s">
-        <v>1609</v>
+        <v>484</v>
       </c>
       <c r="C556" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D556" s="13"/>
       <c r="E556" s="13"/>
       <c r="F556" s="14"/>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" s="8">
-        <v>27716</v>
+        <v>67868</v>
       </c>
       <c r="B557" s="9" t="s">
-        <v>1610</v>
+        <v>485</v>
       </c>
       <c r="C557" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D557" s="13"/>
       <c r="E557" s="13"/>
       <c r="F557" s="14"/>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" s="8">
-        <v>27748</v>
+        <v>67870</v>
       </c>
       <c r="B558" s="9" t="s">
-        <v>1611</v>
+        <v>486</v>
       </c>
       <c r="C558" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D558" s="13"/>
       <c r="E558" s="13"/>
       <c r="F558" s="14"/>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" s="8">
-        <v>27765</v>
+        <v>67875</v>
       </c>
       <c r="B559" s="9" t="s">
-        <v>1612</v>
+        <v>487</v>
       </c>
       <c r="C559" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D559" s="13"/>
       <c r="E559" s="13"/>
       <c r="F559" s="14"/>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" s="8">
-        <v>27911</v>
+        <v>67879</v>
       </c>
       <c r="B560" s="9" t="s">
-        <v>1613</v>
+        <v>136</v>
       </c>
       <c r="C560" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D560" s="13"/>
       <c r="E560" s="13"/>
       <c r="F560" s="14"/>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" s="8">
-        <v>27914</v>
+        <v>67880</v>
       </c>
       <c r="B561" s="9" t="s">
-        <v>1614</v>
+        <v>67</v>
       </c>
       <c r="C561" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D561" s="13"/>
       <c r="E561" s="13"/>
       <c r="F561" s="14"/>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" s="8">
-        <v>27925</v>
+        <v>67881</v>
       </c>
       <c r="B562" s="9" t="s">
-        <v>1615</v>
+        <v>152</v>
       </c>
       <c r="C562" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D562" s="13"/>
       <c r="E562" s="13"/>
       <c r="F562" s="14"/>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" s="8">
-        <v>28010</v>
+        <v>67888</v>
       </c>
       <c r="B563" s="9" t="s">
-        <v>1616</v>
+        <v>77</v>
       </c>
       <c r="C563" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D563" s="13"/>
       <c r="E563" s="13"/>
       <c r="F563" s="14"/>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" s="8">
-        <v>28066</v>
+        <v>67894</v>
       </c>
       <c r="B564" s="9" t="s">
-        <v>1617</v>
+        <v>62</v>
       </c>
       <c r="C564" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D564" s="13"/>
       <c r="E564" s="13"/>
       <c r="F564" s="14"/>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" s="8">
-        <v>49839</v>
+        <v>67902</v>
       </c>
       <c r="B565" s="9" t="s">
-        <v>1618</v>
+        <v>64</v>
       </c>
       <c r="C565" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D565" s="13"/>
       <c r="E565" s="13"/>
       <c r="F565" s="14"/>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" s="8">
-        <v>49840</v>
+        <v>67904</v>
       </c>
       <c r="B566" s="9" t="s">
-        <v>1619</v>
+        <v>488</v>
       </c>
       <c r="C566" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D566" s="13"/>
       <c r="E566" s="13"/>
       <c r="F566" s="14"/>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" s="8">
-        <v>49841</v>
+        <v>67925</v>
       </c>
       <c r="B567" s="9" t="s">
-        <v>1620</v>
+        <v>489</v>
       </c>
       <c r="C567" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D567" s="13"/>
       <c r="E567" s="13"/>
       <c r="F567" s="14"/>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" s="8">
-        <v>49842</v>
+        <v>67932</v>
       </c>
       <c r="B568" s="9" t="s">
-        <v>1621</v>
+        <v>490</v>
       </c>
       <c r="C568" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D568" s="13"/>
       <c r="E568" s="13"/>
       <c r="F568" s="14"/>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" s="8">
-        <v>49843</v>
+        <v>67933</v>
       </c>
       <c r="B569" s="9" t="s">
-        <v>1622</v>
+        <v>491</v>
       </c>
       <c r="C569" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D569" s="13"/>
       <c r="E569" s="13"/>
       <c r="F569" s="14"/>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" s="8">
-        <v>49844</v>
+        <v>67934</v>
       </c>
       <c r="B570" s="9" t="s">
-        <v>1623</v>
+        <v>492</v>
       </c>
       <c r="C570" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D570" s="13"/>
       <c r="E570" s="13"/>
       <c r="F570" s="14"/>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" s="8">
-        <v>53014</v>
+        <v>67938</v>
       </c>
       <c r="B571" s="9" t="s">
-        <v>690</v>
+        <v>493</v>
       </c>
       <c r="C571" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D571" s="13"/>
       <c r="E571" s="13"/>
       <c r="F571" s="14"/>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" s="8">
-        <v>53054</v>
+        <v>67942</v>
       </c>
       <c r="B572" s="9" t="s">
-        <v>691</v>
+        <v>494</v>
       </c>
       <c r="C572" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D572" s="13"/>
       <c r="E572" s="13"/>
       <c r="F572" s="14"/>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" s="8">
-        <v>53055</v>
+        <v>67948</v>
       </c>
       <c r="B573" s="9" t="s">
-        <v>692</v>
+        <v>495</v>
       </c>
       <c r="C573" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D573" s="13"/>
       <c r="E573" s="13"/>
       <c r="F573" s="14"/>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" s="8">
-        <v>53056</v>
+        <v>67953</v>
       </c>
       <c r="B574" s="9" t="s">
-        <v>693</v>
+        <v>574</v>
       </c>
       <c r="C574" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D574" s="13"/>
       <c r="E574" s="13"/>
       <c r="F574" s="14"/>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" s="8">
-        <v>53062</v>
+        <v>67954</v>
       </c>
       <c r="B575" s="9" t="s">
-        <v>694</v>
+        <v>575</v>
       </c>
       <c r="C575" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D575" s="13"/>
       <c r="E575" s="13"/>
       <c r="F575" s="14"/>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" s="8">
-        <v>53074</v>
+        <v>67963</v>
       </c>
       <c r="B576" s="9" t="s">
-        <v>695</v>
+        <v>576</v>
       </c>
       <c r="C576" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D576" s="13"/>
       <c r="E576" s="13"/>
       <c r="F576" s="14"/>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" s="8">
-        <v>53078</v>
+        <v>67966</v>
       </c>
       <c r="B577" s="9" t="s">
-        <v>696</v>
+        <v>577</v>
       </c>
       <c r="C577" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D577" s="13"/>
       <c r="E577" s="13"/>
       <c r="F577" s="14"/>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" s="8">
-        <v>53079</v>
+        <v>67968</v>
       </c>
       <c r="B578" s="9" t="s">
-        <v>697</v>
+        <v>578</v>
       </c>
       <c r="C578" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D578" s="13"/>
       <c r="E578" s="13"/>
       <c r="F578" s="14"/>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" s="8">
-        <v>53083</v>
+        <v>67969</v>
       </c>
       <c r="B579" s="9" t="s">
-        <v>698</v>
+        <v>579</v>
       </c>
       <c r="C579" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D579" s="13"/>
       <c r="E579" s="13"/>
       <c r="F579" s="14"/>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" s="8">
-        <v>53084</v>
+        <v>67971</v>
       </c>
       <c r="B580" s="9" t="s">
-        <v>699</v>
+        <v>580</v>
       </c>
       <c r="C580" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D580" s="13"/>
       <c r="E580" s="13"/>
       <c r="F580" s="14"/>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" s="8">
-        <v>53091</v>
+        <v>67972</v>
       </c>
       <c r="B581" s="9" t="s">
-        <v>700</v>
+        <v>581</v>
       </c>
       <c r="C581" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D581" s="13"/>
       <c r="E581" s="13"/>
       <c r="F581" s="14"/>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" s="8">
-        <v>53114</v>
+        <v>67973</v>
       </c>
       <c r="B582" s="9" t="s">
-        <v>701</v>
+        <v>582</v>
       </c>
       <c r="C582" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D582" s="13"/>
       <c r="E582" s="13"/>
       <c r="F582" s="14"/>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" s="8">
-        <v>53126</v>
+        <v>67977</v>
       </c>
       <c r="B583" s="9" t="s">
-        <v>702</v>
+        <v>583</v>
       </c>
       <c r="C583" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D583" s="13"/>
       <c r="E583" s="13"/>
       <c r="F583" s="14"/>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" s="8">
-        <v>53127</v>
+        <v>67984</v>
       </c>
       <c r="B584" s="9" t="s">
-        <v>703</v>
+        <v>584</v>
       </c>
       <c r="C584" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D584" s="13"/>
       <c r="E584" s="13"/>
       <c r="F584" s="14"/>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" s="8">
-        <v>53128</v>
+        <v>67987</v>
       </c>
       <c r="B585" s="9" t="s">
-        <v>704</v>
+        <v>585</v>
       </c>
       <c r="C585" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D585" s="13"/>
       <c r="E585" s="13"/>
       <c r="F585" s="14"/>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" s="8">
-        <v>53129</v>
+        <v>67990</v>
       </c>
       <c r="B586" s="9" t="s">
-        <v>705</v>
+        <v>586</v>
       </c>
       <c r="C586" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D586" s="13"/>
       <c r="E586" s="13"/>
       <c r="F586" s="14"/>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" s="8">
-        <v>53130</v>
+        <v>67992</v>
       </c>
       <c r="B587" s="9" t="s">
-        <v>706</v>
+        <v>587</v>
       </c>
       <c r="C587" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D587" s="13"/>
       <c r="E587" s="13"/>
       <c r="F587" s="14"/>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" s="8">
-        <v>53138</v>
+        <v>67994</v>
       </c>
       <c r="B588" s="9" t="s">
-        <v>707</v>
+        <v>588</v>
       </c>
       <c r="C588" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D588" s="13"/>
       <c r="E588" s="13"/>
       <c r="F588" s="14"/>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" s="8">
-        <v>53166</v>
+        <v>68003</v>
       </c>
       <c r="B589" s="9" t="s">
-        <v>708</v>
+        <v>589</v>
       </c>
       <c r="C589" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D589" s="13"/>
       <c r="E589" s="13"/>
       <c r="F589" s="14"/>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" s="8">
-        <v>53176</v>
+        <v>68005</v>
       </c>
       <c r="B590" s="9" t="s">
-        <v>709</v>
+        <v>590</v>
       </c>
       <c r="C590" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D590" s="13"/>
       <c r="E590" s="13"/>
       <c r="F590" s="14"/>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" s="8">
-        <v>53189</v>
+        <v>68007</v>
       </c>
       <c r="B591" s="9" t="s">
-        <v>710</v>
+        <v>591</v>
       </c>
       <c r="C591" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D591" s="13"/>
       <c r="E591" s="13"/>
       <c r="F591" s="14"/>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" s="8">
-        <v>53198</v>
+        <v>68016</v>
       </c>
       <c r="B592" s="9" t="s">
-        <v>711</v>
+        <v>592</v>
       </c>
       <c r="C592" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D592" s="13"/>
       <c r="E592" s="13"/>
       <c r="F592" s="14"/>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" s="8">
-        <v>53209</v>
+        <v>68021</v>
       </c>
       <c r="B593" s="9" t="s">
-        <v>712</v>
+        <v>593</v>
       </c>
       <c r="C593" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D593" s="13"/>
       <c r="E593" s="13"/>
       <c r="F593" s="14"/>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" s="8">
-        <v>53212</v>
+        <v>68027</v>
       </c>
       <c r="B594" s="9" t="s">
-        <v>713</v>
+        <v>594</v>
       </c>
       <c r="C594" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D594" s="13"/>
       <c r="E594" s="13"/>
       <c r="F594" s="14"/>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" s="8">
-        <v>53225</v>
+        <v>68029</v>
       </c>
       <c r="B595" s="9" t="s">
-        <v>714</v>
+        <v>595</v>
       </c>
       <c r="C595" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D595" s="13"/>
       <c r="E595" s="13"/>
       <c r="F595" s="14"/>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" s="8">
-        <v>53227</v>
+        <v>68031</v>
       </c>
       <c r="B596" s="9" t="s">
-        <v>715</v>
+        <v>596</v>
       </c>
       <c r="C596" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D596" s="13"/>
       <c r="E596" s="13"/>
       <c r="F596" s="14"/>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" s="8">
-        <v>53230</v>
+        <v>68032</v>
       </c>
       <c r="B597" s="9" t="s">
-        <v>716</v>
+        <v>597</v>
       </c>
       <c r="C597" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D597" s="13"/>
       <c r="E597" s="13"/>
       <c r="F597" s="14"/>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" s="8">
-        <v>53233</v>
+        <v>68033</v>
       </c>
       <c r="B598" s="9" t="s">
-        <v>717</v>
+        <v>598</v>
       </c>
       <c r="C598" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D598" s="13"/>
       <c r="E598" s="13"/>
       <c r="F598" s="14"/>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" s="8">
-        <v>53249</v>
+        <v>68034</v>
       </c>
       <c r="B599" s="9" t="s">
-        <v>718</v>
+        <v>599</v>
       </c>
       <c r="C599" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D599" s="13"/>
       <c r="E599" s="13"/>
       <c r="F599" s="14"/>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" s="8">
-        <v>53284</v>
+        <v>68035</v>
       </c>
       <c r="B600" s="9" t="s">
-        <v>719</v>
+        <v>600</v>
       </c>
       <c r="C600" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D600" s="13"/>
       <c r="E600" s="13"/>
       <c r="F600" s="14"/>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" s="8">
-        <v>53304</v>
+        <v>68036</v>
       </c>
       <c r="B601" s="9" t="s">
-        <v>720</v>
+        <v>601</v>
       </c>
       <c r="C601" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D601" s="13"/>
       <c r="E601" s="13"/>
       <c r="F601" s="14"/>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" s="8">
-        <v>53334</v>
+        <v>68038</v>
       </c>
       <c r="B602" s="9" t="s">
-        <v>721</v>
+        <v>602</v>
       </c>
       <c r="C602" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D602" s="13"/>
       <c r="E602" s="13"/>
       <c r="F602" s="14"/>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" s="8">
-        <v>53363</v>
+        <v>68043</v>
       </c>
       <c r="B603" s="9" t="s">
-        <v>722</v>
+        <v>603</v>
       </c>
       <c r="C603" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D603" s="13"/>
       <c r="E603" s="13"/>
       <c r="F603" s="14"/>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" s="8">
-        <v>53370</v>
+        <v>68044</v>
       </c>
       <c r="B604" s="9" t="s">
-        <v>723</v>
+        <v>604</v>
       </c>
       <c r="C604" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D604" s="13"/>
       <c r="E604" s="13"/>
       <c r="F604" s="14"/>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" s="8">
-        <v>53385</v>
+        <v>68048</v>
       </c>
       <c r="B605" s="9" t="s">
-        <v>724</v>
+        <v>605</v>
       </c>
       <c r="C605" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D605" s="13"/>
       <c r="E605" s="13"/>
       <c r="F605" s="14"/>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" s="8">
-        <v>53415</v>
+        <v>68050</v>
       </c>
       <c r="B606" s="9" t="s">
-        <v>725</v>
+        <v>606</v>
       </c>
       <c r="C606" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D606" s="13"/>
       <c r="E606" s="13"/>
       <c r="F606" s="14"/>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" s="8">
-        <v>53417</v>
+        <v>68057</v>
       </c>
       <c r="B607" s="9" t="s">
-        <v>726</v>
+        <v>607</v>
       </c>
       <c r="C607" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D607" s="13"/>
       <c r="E607" s="13"/>
       <c r="F607" s="14"/>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" s="8">
-        <v>53418</v>
+        <v>68059</v>
       </c>
       <c r="B608" s="9" t="s">
-        <v>727</v>
+        <v>608</v>
       </c>
       <c r="C608" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D608" s="13"/>
       <c r="E608" s="13"/>
       <c r="F608" s="14"/>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" s="8">
-        <v>53422</v>
+        <v>68069</v>
       </c>
       <c r="B609" s="9" t="s">
-        <v>728</v>
+        <v>609</v>
       </c>
       <c r="C609" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D609" s="13"/>
       <c r="E609" s="13"/>
       <c r="F609" s="14"/>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" s="8">
-        <v>53430</v>
+        <v>68074</v>
       </c>
       <c r="B610" s="9" t="s">
-        <v>729</v>
+        <v>610</v>
       </c>
       <c r="C610" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D610" s="13"/>
       <c r="E610" s="13"/>
       <c r="F610" s="14"/>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" s="8">
-        <v>53441</v>
+        <v>68090</v>
       </c>
       <c r="B611" s="9" t="s">
-        <v>730</v>
+        <v>611</v>
       </c>
       <c r="C611" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D611" s="13"/>
       <c r="E611" s="13"/>
       <c r="F611" s="14"/>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" s="8">
-        <v>53454</v>
+        <v>68091</v>
       </c>
       <c r="B612" s="9" t="s">
-        <v>731</v>
+        <v>612</v>
       </c>
       <c r="C612" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D612" s="13"/>
       <c r="E612" s="13"/>
       <c r="F612" s="14"/>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" s="8">
-        <v>53472</v>
+        <v>68105</v>
       </c>
       <c r="B613" s="9" t="s">
-        <v>732</v>
+        <v>613</v>
       </c>
       <c r="C613" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D613" s="13"/>
       <c r="E613" s="13"/>
       <c r="F613" s="14"/>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" s="8">
-        <v>53529</v>
+        <v>68136</v>
       </c>
       <c r="B614" s="9" t="s">
-        <v>733</v>
+        <v>614</v>
       </c>
       <c r="C614" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D614" s="13"/>
       <c r="E614" s="13"/>
       <c r="F614" s="14"/>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" s="8">
-        <v>53574</v>
+        <v>68143</v>
       </c>
       <c r="B615" s="9" t="s">
-        <v>734</v>
+        <v>615</v>
       </c>
       <c r="C615" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D615" s="13"/>
       <c r="E615" s="13"/>
       <c r="F615" s="14"/>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" s="8">
-        <v>53579</v>
+        <v>68144</v>
       </c>
       <c r="B616" s="9" t="s">
-        <v>735</v>
+        <v>616</v>
       </c>
       <c r="C616" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D616" s="13"/>
       <c r="E616" s="13"/>
       <c r="F616" s="14"/>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" s="8">
-        <v>53580</v>
+        <v>68145</v>
       </c>
       <c r="B617" s="9" t="s">
-        <v>736</v>
+        <v>617</v>
       </c>
       <c r="C617" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D617" s="13"/>
       <c r="E617" s="13"/>
       <c r="F617" s="14"/>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" s="8">
-        <v>53585</v>
+        <v>68146</v>
       </c>
       <c r="B618" s="9" t="s">
-        <v>737</v>
+        <v>618</v>
       </c>
       <c r="C618" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D618" s="13"/>
       <c r="E618" s="13"/>
       <c r="F618" s="14"/>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" s="8">
-        <v>53591</v>
+        <v>68147</v>
       </c>
       <c r="B619" s="9" t="s">
-        <v>738</v>
+        <v>619</v>
       </c>
       <c r="C619" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D619" s="13"/>
       <c r="E619" s="13"/>
       <c r="F619" s="14"/>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" s="8">
-        <v>53597</v>
+        <v>68157</v>
       </c>
       <c r="B620" s="9" t="s">
-        <v>739</v>
+        <v>620</v>
       </c>
       <c r="C620" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D620" s="13"/>
       <c r="E620" s="13"/>
       <c r="F620" s="14"/>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" s="8">
-        <v>53604</v>
+        <v>68160</v>
       </c>
       <c r="B621" s="9" t="s">
-        <v>740</v>
+        <v>621</v>
       </c>
       <c r="C621" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D621" s="13"/>
       <c r="E621" s="13"/>
       <c r="F621" s="14"/>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" s="8">
-        <v>53607</v>
+        <v>68162</v>
       </c>
       <c r="B622" s="9" t="s">
-        <v>741</v>
+        <v>622</v>
       </c>
       <c r="C622" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D622" s="13"/>
       <c r="E622" s="13"/>
       <c r="F622" s="14"/>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" s="8">
-        <v>53631</v>
+        <v>68172</v>
       </c>
       <c r="B623" s="9" t="s">
-        <v>742</v>
+        <v>623</v>
       </c>
       <c r="C623" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D623" s="13"/>
       <c r="E623" s="13"/>
       <c r="F623" s="14"/>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" s="8">
-        <v>53650</v>
+        <v>68182</v>
       </c>
       <c r="B624" s="9" t="s">
-        <v>743</v>
+        <v>624</v>
       </c>
       <c r="C624" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D624" s="13"/>
       <c r="E624" s="13"/>
       <c r="F624" s="14"/>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" s="8">
-        <v>53686</v>
+        <v>68189</v>
       </c>
       <c r="B625" s="9" t="s">
-        <v>744</v>
+        <v>625</v>
       </c>
       <c r="C625" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D625" s="13"/>
       <c r="E625" s="13"/>
       <c r="F625" s="14"/>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" s="8">
-        <v>53691</v>
+        <v>68192</v>
       </c>
       <c r="B626" s="9" t="s">
-        <v>745</v>
+        <v>626</v>
       </c>
       <c r="C626" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D626" s="13"/>
       <c r="E626" s="13"/>
       <c r="F626" s="14"/>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" s="8">
-        <v>53695</v>
+        <v>68220</v>
       </c>
       <c r="B627" s="9" t="s">
-        <v>746</v>
+        <v>627</v>
       </c>
       <c r="C627" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D627" s="13"/>
       <c r="E627" s="13"/>
       <c r="F627" s="14"/>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" s="8">
-        <v>53696</v>
+        <v>68228</v>
       </c>
       <c r="B628" s="9" t="s">
-        <v>747</v>
+        <v>628</v>
       </c>
       <c r="C628" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D628" s="13"/>
       <c r="E628" s="13"/>
       <c r="F628" s="14"/>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" s="8">
-        <v>53736</v>
+        <v>68231</v>
       </c>
       <c r="B629" s="9" t="s">
-        <v>748</v>
+        <v>629</v>
       </c>
       <c r="C629" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D629" s="13"/>
       <c r="E629" s="13"/>
       <c r="F629" s="14"/>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" s="8">
-        <v>53740</v>
+        <v>68238</v>
       </c>
       <c r="B630" s="9" t="s">
-        <v>749</v>
+        <v>630</v>
       </c>
       <c r="C630" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D630" s="13"/>
       <c r="E630" s="13"/>
       <c r="F630" s="14"/>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" s="8">
-        <v>53752</v>
+        <v>68240</v>
       </c>
       <c r="B631" s="9" t="s">
-        <v>750</v>
+        <v>631</v>
       </c>
       <c r="C631" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D631" s="13"/>
       <c r="E631" s="13"/>
       <c r="F631" s="14"/>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" s="8">
-        <v>53762</v>
+        <v>68245</v>
       </c>
       <c r="B632" s="9" t="s">
-        <v>751</v>
+        <v>632</v>
       </c>
       <c r="C632" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D632" s="13"/>
       <c r="E632" s="13"/>
       <c r="F632" s="14"/>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" s="8">
-        <v>53764</v>
+        <v>68249</v>
       </c>
       <c r="B633" s="9" t="s">
-        <v>752</v>
+        <v>633</v>
       </c>
       <c r="C633" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D633" s="13"/>
       <c r="E633" s="13"/>
       <c r="F633" s="14"/>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" s="8">
-        <v>53765</v>
+        <v>68258</v>
       </c>
       <c r="B634" s="9" t="s">
-        <v>753</v>
+        <v>634</v>
       </c>
       <c r="C634" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D634" s="13"/>
       <c r="E634" s="13"/>
       <c r="F634" s="14"/>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" s="8">
-        <v>53791</v>
+        <v>68259</v>
       </c>
       <c r="B635" s="9" t="s">
-        <v>754</v>
+        <v>635</v>
       </c>
       <c r="C635" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D635" s="13"/>
       <c r="E635" s="13"/>
       <c r="F635" s="14"/>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" s="8">
-        <v>53795</v>
+        <v>68264</v>
       </c>
       <c r="B636" s="9" t="s">
-        <v>755</v>
+        <v>636</v>
       </c>
       <c r="C636" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D636" s="13"/>
       <c r="E636" s="13"/>
       <c r="F636" s="14"/>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" s="8">
-        <v>53804</v>
+        <v>68266</v>
       </c>
       <c r="B637" s="9" t="s">
-        <v>756</v>
+        <v>637</v>
       </c>
       <c r="C637" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D637" s="13"/>
       <c r="E637" s="13"/>
       <c r="F637" s="14"/>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" s="8">
-        <v>53809</v>
+        <v>68270</v>
       </c>
       <c r="B638" s="9" t="s">
-        <v>757</v>
+        <v>638</v>
       </c>
       <c r="C638" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D638" s="13"/>
       <c r="E638" s="13"/>
       <c r="F638" s="14"/>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" s="8">
-        <v>53823</v>
+        <v>68273</v>
       </c>
       <c r="B639" s="9" t="s">
-        <v>758</v>
+        <v>639</v>
       </c>
       <c r="C639" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D639" s="13"/>
       <c r="E639" s="13"/>
       <c r="F639" s="14"/>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" s="8">
-        <v>53827</v>
+        <v>68277</v>
       </c>
       <c r="B640" s="9" t="s">
-        <v>759</v>
+        <v>640</v>
       </c>
       <c r="C640" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D640" s="13"/>
       <c r="E640" s="13"/>
       <c r="F640" s="14"/>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" s="8">
-        <v>53843</v>
+        <v>68278</v>
       </c>
       <c r="B641" s="9" t="s">
-        <v>760</v>
+        <v>641</v>
       </c>
       <c r="C641" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D641" s="13"/>
       <c r="E641" s="13"/>
       <c r="F641" s="14"/>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" s="8">
-        <v>53861</v>
+        <v>68279</v>
       </c>
       <c r="B642" s="9" t="s">
-        <v>761</v>
+        <v>642</v>
       </c>
       <c r="C642" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D642" s="13"/>
       <c r="E642" s="13"/>
       <c r="F642" s="14"/>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" s="8">
-        <v>53876</v>
+        <v>68280</v>
       </c>
       <c r="B643" s="9" t="s">
-        <v>762</v>
+        <v>643</v>
       </c>
       <c r="C643" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D643" s="13"/>
       <c r="E643" s="13"/>
       <c r="F643" s="14"/>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" s="8">
-        <v>53901</v>
+        <v>68281</v>
       </c>
       <c r="B644" s="9" t="s">
-        <v>763</v>
+        <v>644</v>
       </c>
       <c r="C644" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D644" s="13"/>
       <c r="E644" s="13"/>
       <c r="F644" s="14"/>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" s="8">
-        <v>53923</v>
+        <v>68282</v>
       </c>
       <c r="B645" s="9" t="s">
-        <v>764</v>
+        <v>645</v>
       </c>
       <c r="C645" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D645" s="13"/>
       <c r="E645" s="13"/>
       <c r="F645" s="14"/>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" s="8">
-        <v>53930</v>
+        <v>68285</v>
       </c>
       <c r="B646" s="9" t="s">
-        <v>765</v>
+        <v>646</v>
       </c>
       <c r="C646" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D646" s="13"/>
       <c r="E646" s="13"/>
       <c r="F646" s="14"/>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" s="8">
-        <v>53936</v>
+        <v>68286</v>
       </c>
       <c r="B647" s="9" t="s">
-        <v>766</v>
+        <v>647</v>
       </c>
       <c r="C647" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D647" s="13"/>
       <c r="E647" s="13"/>
       <c r="F647" s="14"/>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" s="8">
-        <v>53945</v>
+        <v>68287</v>
       </c>
       <c r="B648" s="9" t="s">
-        <v>767</v>
+        <v>648</v>
       </c>
       <c r="C648" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D648" s="13"/>
       <c r="E648" s="13"/>
       <c r="F648" s="14"/>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" s="8">
-        <v>53954</v>
+        <v>68288</v>
       </c>
       <c r="B649" s="9" t="s">
-        <v>768</v>
+        <v>649</v>
       </c>
       <c r="C649" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D649" s="13"/>
       <c r="E649" s="13"/>
       <c r="F649" s="14"/>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" s="8">
-        <v>53961</v>
+        <v>68289</v>
       </c>
       <c r="B650" s="9" t="s">
-        <v>769</v>
+        <v>650</v>
       </c>
       <c r="C650" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D650" s="13"/>
       <c r="E650" s="13"/>
       <c r="F650" s="14"/>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" s="8">
-        <v>53971</v>
+        <v>68291</v>
       </c>
       <c r="B651" s="9" t="s">
-        <v>770</v>
+        <v>651</v>
       </c>
       <c r="C651" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D651" s="13"/>
       <c r="E651" s="13"/>
       <c r="F651" s="14"/>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" s="8">
-        <v>53977</v>
+        <v>68296</v>
       </c>
       <c r="B652" s="9" t="s">
-        <v>771</v>
+        <v>652</v>
       </c>
       <c r="C652" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D652" s="13"/>
       <c r="E652" s="13"/>
       <c r="F652" s="14"/>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" s="8">
-        <v>53979</v>
+        <v>68299</v>
       </c>
       <c r="B653" s="9" t="s">
-        <v>772</v>
+        <v>653</v>
       </c>
       <c r="C653" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D653" s="13"/>
       <c r="E653" s="13"/>
       <c r="F653" s="14"/>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" s="8">
-        <v>54017</v>
+        <v>68309</v>
       </c>
       <c r="B654" s="9" t="s">
-        <v>773</v>
+        <v>654</v>
       </c>
       <c r="C654" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D654" s="13"/>
       <c r="E654" s="13"/>
       <c r="F654" s="14"/>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" s="8">
-        <v>54041</v>
+        <v>68316</v>
       </c>
       <c r="B655" s="9" t="s">
-        <v>774</v>
+        <v>655</v>
       </c>
       <c r="C655" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D655" s="13"/>
       <c r="E655" s="13"/>
       <c r="F655" s="14"/>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" s="8">
-        <v>54046</v>
+        <v>68322</v>
       </c>
       <c r="B656" s="9" t="s">
-        <v>775</v>
+        <v>656</v>
       </c>
       <c r="C656" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D656" s="13"/>
       <c r="E656" s="13"/>
       <c r="F656" s="14"/>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" s="8">
-        <v>54053</v>
+        <v>68324</v>
       </c>
       <c r="B657" s="9" t="s">
-        <v>776</v>
+        <v>657</v>
       </c>
       <c r="C657" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D657" s="13"/>
       <c r="E657" s="13"/>
       <c r="F657" s="14"/>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" s="8">
-        <v>54063</v>
+        <v>68325</v>
       </c>
       <c r="B658" s="9" t="s">
-        <v>777</v>
+        <v>658</v>
       </c>
       <c r="C658" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D658" s="13"/>
       <c r="E658" s="13"/>
       <c r="F658" s="14"/>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" s="8">
-        <v>54076</v>
+        <v>68328</v>
       </c>
       <c r="B659" s="9" t="s">
-        <v>778</v>
+        <v>659</v>
       </c>
       <c r="C659" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D659" s="13"/>
       <c r="E659" s="13"/>
       <c r="F659" s="14"/>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" s="8">
-        <v>54079</v>
+        <v>68329</v>
       </c>
       <c r="B660" s="9" t="s">
-        <v>779</v>
+        <v>660</v>
       </c>
       <c r="C660" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D660" s="13"/>
       <c r="E660" s="13"/>
       <c r="F660" s="14"/>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" s="8">
-        <v>54094</v>
+        <v>68330</v>
       </c>
       <c r="B661" s="9" t="s">
-        <v>780</v>
+        <v>661</v>
       </c>
       <c r="C661" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D661" s="13"/>
       <c r="E661" s="13"/>
       <c r="F661" s="14"/>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" s="8">
-        <v>54115</v>
+        <v>68331</v>
       </c>
       <c r="B662" s="9" t="s">
-        <v>781</v>
+        <v>662</v>
       </c>
       <c r="C662" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D662" s="13"/>
       <c r="E662" s="13"/>
       <c r="F662" s="14"/>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" s="8">
-        <v>54119</v>
+        <v>68336</v>
       </c>
       <c r="B663" s="9" t="s">
-        <v>782</v>
+        <v>663</v>
       </c>
       <c r="C663" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D663" s="13"/>
       <c r="E663" s="13"/>
       <c r="F663" s="14"/>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" s="8">
-        <v>54151</v>
+        <v>68338</v>
       </c>
       <c r="B664" s="9" t="s">
-        <v>783</v>
+        <v>664</v>
       </c>
       <c r="C664" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D664" s="13"/>
       <c r="E664" s="13"/>
       <c r="F664" s="14"/>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" s="8">
-        <v>54152</v>
+        <v>68339</v>
       </c>
       <c r="B665" s="9" t="s">
-        <v>784</v>
+        <v>665</v>
       </c>
       <c r="C665" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D665" s="13"/>
       <c r="E665" s="13"/>
       <c r="F665" s="14"/>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" s="8">
-        <v>54155</v>
+        <v>68344</v>
       </c>
       <c r="B666" s="9" t="s">
-        <v>785</v>
+        <v>666</v>
       </c>
       <c r="C666" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D666" s="13"/>
       <c r="E666" s="13"/>
       <c r="F666" s="14"/>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" s="8">
-        <v>54156</v>
+        <v>68345</v>
       </c>
       <c r="B667" s="9" t="s">
-        <v>786</v>
+        <v>667</v>
       </c>
       <c r="C667" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D667" s="13"/>
       <c r="E667" s="13"/>
       <c r="F667" s="14"/>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" s="8">
-        <v>54167</v>
+        <v>68346</v>
       </c>
       <c r="B668" s="9" t="s">
-        <v>787</v>
+        <v>668</v>
       </c>
       <c r="C668" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D668" s="13"/>
       <c r="E668" s="13"/>
       <c r="F668" s="14"/>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" s="8">
-        <v>54171</v>
+        <v>68347</v>
       </c>
       <c r="B669" s="9" t="s">
-        <v>788</v>
+        <v>669</v>
       </c>
       <c r="C669" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D669" s="13"/>
       <c r="E669" s="13"/>
       <c r="F669" s="14"/>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" s="8">
-        <v>54172</v>
+        <v>68352</v>
       </c>
       <c r="B670" s="9" t="s">
-        <v>789</v>
+        <v>670</v>
       </c>
       <c r="C670" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D670" s="13"/>
       <c r="E670" s="13"/>
       <c r="F670" s="14"/>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" s="8">
-        <v>54174</v>
+        <v>68354</v>
       </c>
       <c r="B671" s="9" t="s">
-        <v>790</v>
+        <v>671</v>
       </c>
       <c r="C671" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D671" s="13"/>
       <c r="E671" s="13"/>
       <c r="F671" s="14"/>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" s="8">
-        <v>54175</v>
+        <v>68357</v>
       </c>
       <c r="B672" s="9" t="s">
-        <v>791</v>
+        <v>672</v>
       </c>
       <c r="C672" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D672" s="13"/>
       <c r="E672" s="13"/>
       <c r="F672" s="14"/>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" s="8">
-        <v>54176</v>
+        <v>68358</v>
       </c>
       <c r="B673" s="9" t="s">
-        <v>792</v>
+        <v>673</v>
       </c>
       <c r="C673" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D673" s="13"/>
       <c r="E673" s="13"/>
       <c r="F673" s="14"/>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" s="8">
-        <v>54206</v>
+        <v>68360</v>
       </c>
       <c r="B674" s="9" t="s">
-        <v>793</v>
+        <v>674</v>
       </c>
       <c r="C674" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D674" s="13"/>
       <c r="E674" s="13"/>
       <c r="F674" s="14"/>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" s="8">
-        <v>54207</v>
+        <v>68362</v>
       </c>
       <c r="B675" s="9" t="s">
-        <v>794</v>
+        <v>675</v>
       </c>
       <c r="C675" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D675" s="13"/>
       <c r="E675" s="13"/>
       <c r="F675" s="14"/>
     </row>
     <row r="676" spans="1:6">
       <c r="A676" s="8">
-        <v>54214</v>
+        <v>68363</v>
       </c>
       <c r="B676" s="9" t="s">
-        <v>795</v>
+        <v>676</v>
       </c>
       <c r="C676" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D676" s="13"/>
       <c r="E676" s="13"/>
       <c r="F676" s="14"/>
     </row>
     <row r="677" spans="1:6">
       <c r="A677" s="8">
-        <v>54224</v>
+        <v>68364</v>
       </c>
       <c r="B677" s="9" t="s">
-        <v>796</v>
+        <v>677</v>
       </c>
       <c r="C677" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D677" s="13"/>
       <c r="E677" s="13"/>
       <c r="F677" s="14"/>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" s="8">
-        <v>54231</v>
+        <v>68366</v>
       </c>
       <c r="B678" s="9" t="s">
-        <v>797</v>
+        <v>678</v>
       </c>
       <c r="C678" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D678" s="13"/>
       <c r="E678" s="13"/>
       <c r="F678" s="14"/>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" s="8">
-        <v>54235</v>
+        <v>68370</v>
       </c>
       <c r="B679" s="9" t="s">
-        <v>798</v>
+        <v>679</v>
       </c>
       <c r="C679" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D679" s="13"/>
       <c r="E679" s="13"/>
       <c r="F679" s="14"/>
     </row>
     <row r="680" spans="1:6">
       <c r="A680" s="8">
-        <v>54236</v>
+        <v>68373</v>
       </c>
       <c r="B680" s="9" t="s">
-        <v>799</v>
+        <v>680</v>
       </c>
       <c r="C680" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D680" s="13"/>
       <c r="E680" s="13"/>
       <c r="F680" s="14"/>
     </row>
     <row r="681" spans="1:6">
       <c r="A681" s="8">
-        <v>54237</v>
+        <v>68374</v>
       </c>
       <c r="B681" s="9" t="s">
-        <v>800</v>
+        <v>681</v>
       </c>
       <c r="C681" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D681" s="13"/>
       <c r="E681" s="13"/>
       <c r="F681" s="14"/>
     </row>
     <row r="682" spans="1:6">
       <c r="A682" s="8">
-        <v>54244</v>
+        <v>68375</v>
       </c>
       <c r="B682" s="9" t="s">
-        <v>801</v>
+        <v>682</v>
       </c>
       <c r="C682" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D682" s="13"/>
       <c r="E682" s="13"/>
       <c r="F682" s="14"/>
     </row>
     <row r="683" spans="1:6">
       <c r="A683" s="8">
-        <v>54245</v>
+        <v>68376</v>
       </c>
       <c r="B683" s="9" t="s">
-        <v>802</v>
+        <v>683</v>
       </c>
       <c r="C683" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D683" s="13"/>
       <c r="E683" s="13"/>
       <c r="F683" s="14"/>
     </row>
     <row r="684" spans="1:6">
       <c r="A684" s="8">
-        <v>54252</v>
+        <v>68377</v>
       </c>
       <c r="B684" s="9" t="s">
-        <v>803</v>
+        <v>684</v>
       </c>
       <c r="C684" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D684" s="13"/>
       <c r="E684" s="13"/>
       <c r="F684" s="14"/>
     </row>
     <row r="685" spans="1:6">
       <c r="A685" s="8">
-        <v>54285</v>
+        <v>68378</v>
       </c>
       <c r="B685" s="9" t="s">
-        <v>804</v>
+        <v>685</v>
       </c>
       <c r="C685" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D685" s="13"/>
       <c r="E685" s="13"/>
       <c r="F685" s="14"/>
     </row>
     <row r="686" spans="1:6">
       <c r="A686" s="8">
-        <v>54289</v>
+        <v>68379</v>
       </c>
       <c r="B686" s="9" t="s">
-        <v>805</v>
+        <v>686</v>
       </c>
       <c r="C686" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D686" s="13"/>
       <c r="E686" s="13"/>
       <c r="F686" s="14"/>
     </row>
     <row r="687" spans="1:6">
       <c r="A687" s="8">
-        <v>54291</v>
+        <v>68384</v>
       </c>
       <c r="B687" s="9" t="s">
-        <v>806</v>
+        <v>687</v>
       </c>
       <c r="C687" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D687" s="13"/>
       <c r="E687" s="13"/>
       <c r="F687" s="14"/>
     </row>
     <row r="688" spans="1:6">
       <c r="A688" s="8">
-        <v>54299</v>
+        <v>68387</v>
       </c>
       <c r="B688" s="9" t="s">
-        <v>807</v>
+        <v>688</v>
       </c>
       <c r="C688" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D688" s="13"/>
       <c r="E688" s="13"/>
       <c r="F688" s="14"/>
     </row>
     <row r="689" spans="1:6">
       <c r="A689" s="8">
-        <v>54318</v>
+        <v>68389</v>
       </c>
       <c r="B689" s="9" t="s">
-        <v>808</v>
+        <v>689</v>
       </c>
       <c r="C689" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D689" s="13"/>
       <c r="E689" s="13"/>
       <c r="F689" s="14"/>
     </row>
     <row r="690" spans="1:6">
       <c r="A690" s="8">
-        <v>54319</v>
+        <v>68395</v>
       </c>
       <c r="B690" s="9" t="s">
-        <v>809</v>
+        <v>690</v>
       </c>
       <c r="C690" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D690" s="13"/>
       <c r="E690" s="13"/>
       <c r="F690" s="14"/>
     </row>
     <row r="691" spans="1:6">
       <c r="A691" s="8">
-        <v>54321</v>
+        <v>68396</v>
       </c>
       <c r="B691" s="9" t="s">
-        <v>810</v>
+        <v>691</v>
       </c>
       <c r="C691" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D691" s="13"/>
       <c r="E691" s="13"/>
       <c r="F691" s="14"/>
     </row>
     <row r="692" spans="1:6">
       <c r="A692" s="8">
-        <v>54326</v>
+        <v>68408</v>
       </c>
       <c r="B692" s="9" t="s">
-        <v>811</v>
+        <v>692</v>
       </c>
       <c r="C692" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D692" s="13"/>
       <c r="E692" s="13"/>
       <c r="F692" s="14"/>
     </row>
     <row r="693" spans="1:6">
       <c r="A693" s="8">
-        <v>54330</v>
+        <v>68425</v>
       </c>
       <c r="B693" s="9" t="s">
-        <v>812</v>
+        <v>693</v>
       </c>
       <c r="C693" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D693" s="13"/>
       <c r="E693" s="13"/>
       <c r="F693" s="14"/>
     </row>
     <row r="694" spans="1:6">
       <c r="A694" s="8">
-        <v>54333</v>
+        <v>68429</v>
       </c>
       <c r="B694" s="9" t="s">
-        <v>813</v>
+        <v>694</v>
       </c>
       <c r="C694" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D694" s="13"/>
       <c r="E694" s="13"/>
       <c r="F694" s="14"/>
     </row>
     <row r="695" spans="1:6">
       <c r="A695" s="8">
-        <v>54350</v>
+        <v>68434</v>
       </c>
       <c r="B695" s="9" t="s">
-        <v>814</v>
+        <v>695</v>
       </c>
       <c r="C695" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D695" s="13"/>
       <c r="E695" s="13"/>
       <c r="F695" s="14"/>
     </row>
     <row r="696" spans="1:6">
       <c r="A696" s="8">
-        <v>54378</v>
+        <v>68451</v>
       </c>
       <c r="B696" s="9" t="s">
-        <v>815</v>
+        <v>89</v>
       </c>
       <c r="C696" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D696" s="13"/>
       <c r="E696" s="13"/>
       <c r="F696" s="14"/>
     </row>
     <row r="697" spans="1:6">
       <c r="A697" s="8">
-        <v>54381</v>
+        <v>68452</v>
       </c>
       <c r="B697" s="9" t="s">
-        <v>816</v>
+        <v>696</v>
       </c>
       <c r="C697" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D697" s="13"/>
       <c r="E697" s="13"/>
       <c r="F697" s="14"/>
     </row>
     <row r="698" spans="1:6">
       <c r="A698" s="8">
-        <v>54394</v>
+        <v>68458</v>
       </c>
       <c r="B698" s="9" t="s">
-        <v>817</v>
+        <v>697</v>
       </c>
       <c r="C698" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D698" s="13"/>
       <c r="E698" s="13"/>
       <c r="F698" s="14"/>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" s="8">
-        <v>54397</v>
+        <v>68460</v>
       </c>
       <c r="B699" s="9" t="s">
-        <v>818</v>
+        <v>698</v>
       </c>
       <c r="C699" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D699" s="13"/>
       <c r="E699" s="13"/>
       <c r="F699" s="14"/>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" s="8">
-        <v>54404</v>
+        <v>68462</v>
       </c>
       <c r="B700" s="9" t="s">
-        <v>819</v>
+        <v>699</v>
       </c>
       <c r="C700" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D700" s="13"/>
       <c r="E700" s="13"/>
       <c r="F700" s="14"/>
     </row>
     <row r="701" spans="1:6">
       <c r="A701" s="8">
-        <v>54405</v>
+        <v>68463</v>
       </c>
       <c r="B701" s="9" t="s">
-        <v>820</v>
+        <v>700</v>
       </c>
       <c r="C701" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D701" s="13"/>
       <c r="E701" s="13"/>
       <c r="F701" s="14"/>
     </row>
     <row r="702" spans="1:6">
       <c r="A702" s="8">
-        <v>54407</v>
+        <v>68469</v>
       </c>
       <c r="B702" s="9" t="s">
-        <v>821</v>
+        <v>701</v>
       </c>
       <c r="C702" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D702" s="13"/>
       <c r="E702" s="13"/>
       <c r="F702" s="14"/>
     </row>
     <row r="703" spans="1:6">
       <c r="A703" s="8">
-        <v>54428</v>
+        <v>68472</v>
       </c>
       <c r="B703" s="9" t="s">
-        <v>822</v>
+        <v>702</v>
       </c>
       <c r="C703" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D703" s="13"/>
       <c r="E703" s="13"/>
       <c r="F703" s="14"/>
     </row>
     <row r="704" spans="1:6">
       <c r="A704" s="8">
-        <v>54440</v>
+        <v>68474</v>
       </c>
       <c r="B704" s="9" t="s">
-        <v>823</v>
+        <v>703</v>
       </c>
       <c r="C704" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D704" s="13"/>
       <c r="E704" s="13"/>
       <c r="F704" s="14"/>
     </row>
     <row r="705" spans="1:6">
       <c r="A705" s="8">
-        <v>54459</v>
+        <v>68479</v>
       </c>
       <c r="B705" s="9" t="s">
-        <v>824</v>
+        <v>704</v>
       </c>
       <c r="C705" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D705" s="13"/>
       <c r="E705" s="13"/>
       <c r="F705" s="14"/>
     </row>
     <row r="706" spans="1:6">
       <c r="A706" s="8">
-        <v>54460</v>
+        <v>68489</v>
       </c>
       <c r="B706" s="9" t="s">
-        <v>825</v>
+        <v>705</v>
       </c>
       <c r="C706" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D706" s="13"/>
       <c r="E706" s="13"/>
       <c r="F706" s="14"/>
     </row>
     <row r="707" spans="1:6">
       <c r="A707" s="8">
-        <v>54465</v>
+        <v>68506</v>
       </c>
       <c r="B707" s="9" t="s">
-        <v>826</v>
+        <v>706</v>
       </c>
       <c r="C707" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D707" s="13"/>
       <c r="E707" s="13"/>
       <c r="F707" s="14"/>
     </row>
     <row r="708" spans="1:6">
       <c r="A708" s="8">
-        <v>54508</v>
+        <v>68511</v>
       </c>
       <c r="B708" s="9" t="s">
-        <v>827</v>
+        <v>707</v>
       </c>
       <c r="C708" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D708" s="13"/>
       <c r="E708" s="13"/>
       <c r="F708" s="14"/>
     </row>
     <row r="709" spans="1:6">
       <c r="A709" s="8">
-        <v>54511</v>
+        <v>68520</v>
       </c>
       <c r="B709" s="9" t="s">
-        <v>828</v>
+        <v>708</v>
       </c>
       <c r="C709" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D709" s="13"/>
       <c r="E709" s="13"/>
       <c r="F709" s="14"/>
     </row>
     <row r="710" spans="1:6">
       <c r="A710" s="8">
-        <v>54516</v>
+        <v>68523</v>
       </c>
       <c r="B710" s="9" t="s">
-        <v>829</v>
+        <v>709</v>
       </c>
       <c r="C710" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D710" s="13"/>
       <c r="E710" s="13"/>
       <c r="F710" s="14"/>
     </row>
     <row r="711" spans="1:6">
       <c r="A711" s="8">
-        <v>54517</v>
+        <v>68534</v>
       </c>
       <c r="B711" s="9" t="s">
-        <v>830</v>
+        <v>710</v>
       </c>
       <c r="C711" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D711" s="13"/>
       <c r="E711" s="13"/>
       <c r="F711" s="14"/>
     </row>
     <row r="712" spans="1:6">
       <c r="A712" s="8">
-        <v>54519</v>
+        <v>68536</v>
       </c>
       <c r="B712" s="9" t="s">
-        <v>831</v>
+        <v>711</v>
       </c>
       <c r="C712" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D712" s="13"/>
       <c r="E712" s="13"/>
       <c r="F712" s="14"/>
     </row>
     <row r="713" spans="1:6">
       <c r="A713" s="8">
-        <v>54521</v>
+        <v>68537</v>
       </c>
       <c r="B713" s="9" t="s">
-        <v>832</v>
+        <v>712</v>
       </c>
       <c r="C713" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D713" s="13"/>
       <c r="E713" s="13"/>
       <c r="F713" s="14"/>
     </row>
     <row r="714" spans="1:6">
       <c r="A714" s="8">
-        <v>54535</v>
+        <v>68544</v>
       </c>
       <c r="B714" s="9" t="s">
-        <v>833</v>
+        <v>713</v>
       </c>
       <c r="C714" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D714" s="13"/>
       <c r="E714" s="13"/>
       <c r="F714" s="14"/>
     </row>
     <row r="715" spans="1:6">
       <c r="A715" s="8">
-        <v>54546</v>
+        <v>68546</v>
       </c>
       <c r="B715" s="9" t="s">
-        <v>834</v>
+        <v>714</v>
       </c>
       <c r="C715" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D715" s="13"/>
       <c r="E715" s="13"/>
       <c r="F715" s="14"/>
     </row>
     <row r="716" spans="1:6">
       <c r="A716" s="8">
-        <v>54555</v>
+        <v>68547</v>
       </c>
       <c r="B716" s="9" t="s">
-        <v>835</v>
+        <v>715</v>
       </c>
       <c r="C716" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D716" s="13"/>
       <c r="E716" s="13"/>
       <c r="F716" s="14"/>
     </row>
     <row r="717" spans="1:6">
       <c r="A717" s="8">
-        <v>54580</v>
+        <v>68549</v>
       </c>
       <c r="B717" s="9" t="s">
-        <v>836</v>
+        <v>716</v>
       </c>
       <c r="C717" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D717" s="13"/>
       <c r="E717" s="13"/>
       <c r="F717" s="14"/>
     </row>
     <row r="718" spans="1:6">
       <c r="A718" s="8">
-        <v>54595</v>
+        <v>68556</v>
       </c>
       <c r="B718" s="9" t="s">
-        <v>837</v>
+        <v>717</v>
       </c>
       <c r="C718" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D718" s="13"/>
       <c r="E718" s="13"/>
       <c r="F718" s="14"/>
     </row>
     <row r="719" spans="1:6">
       <c r="A719" s="8">
-        <v>54617</v>
+        <v>68557</v>
       </c>
       <c r="B719" s="9" t="s">
-        <v>838</v>
+        <v>718</v>
       </c>
       <c r="C719" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D719" s="13"/>
       <c r="E719" s="13"/>
       <c r="F719" s="14"/>
     </row>
     <row r="720" spans="1:6">
       <c r="A720" s="8">
-        <v>54627</v>
+        <v>68558</v>
       </c>
       <c r="B720" s="9" t="s">
-        <v>839</v>
+        <v>719</v>
       </c>
       <c r="C720" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D720" s="13"/>
       <c r="E720" s="13"/>
       <c r="F720" s="14"/>
     </row>
     <row r="721" spans="1:6">
       <c r="A721" s="8">
-        <v>54638</v>
+        <v>68566</v>
       </c>
       <c r="B721" s="9" t="s">
-        <v>840</v>
+        <v>720</v>
       </c>
       <c r="C721" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D721" s="13"/>
       <c r="E721" s="13"/>
       <c r="F721" s="14"/>
     </row>
     <row r="722" spans="1:6">
       <c r="A722" s="8">
-        <v>54641</v>
+        <v>68567</v>
       </c>
       <c r="B722" s="9" t="s">
-        <v>841</v>
+        <v>721</v>
       </c>
       <c r="C722" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D722" s="13"/>
       <c r="E722" s="13"/>
       <c r="F722" s="14"/>
     </row>
     <row r="723" spans="1:6">
       <c r="A723" s="8">
-        <v>54642</v>
+        <v>68571</v>
       </c>
       <c r="B723" s="9" t="s">
-        <v>842</v>
+        <v>722</v>
       </c>
       <c r="C723" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D723" s="13"/>
       <c r="E723" s="13"/>
       <c r="F723" s="14"/>
     </row>
     <row r="724" spans="1:6">
       <c r="A724" s="8">
-        <v>54643</v>
+        <v>68578</v>
       </c>
       <c r="B724" s="9" t="s">
-        <v>843</v>
+        <v>723</v>
       </c>
       <c r="C724" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D724" s="13"/>
       <c r="E724" s="13"/>
       <c r="F724" s="14"/>
     </row>
     <row r="725" spans="1:6">
       <c r="A725" s="8">
-        <v>54650</v>
+        <v>68582</v>
       </c>
       <c r="B725" s="9" t="s">
-        <v>844</v>
+        <v>724</v>
       </c>
       <c r="C725" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D725" s="13"/>
       <c r="E725" s="13"/>
       <c r="F725" s="14"/>
     </row>
     <row r="726" spans="1:6">
       <c r="A726" s="8">
-        <v>54654</v>
+        <v>68583</v>
       </c>
       <c r="B726" s="9" t="s">
-        <v>845</v>
+        <v>725</v>
       </c>
       <c r="C726" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D726" s="13"/>
       <c r="E726" s="13"/>
       <c r="F726" s="14"/>
     </row>
     <row r="727" spans="1:6">
       <c r="A727" s="8">
-        <v>54684</v>
+        <v>68594</v>
       </c>
       <c r="B727" s="9" t="s">
-        <v>846</v>
+        <v>726</v>
       </c>
       <c r="C727" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D727" s="13"/>
       <c r="E727" s="13"/>
       <c r="F727" s="14"/>
     </row>
     <row r="728" spans="1:6">
       <c r="A728" s="8">
-        <v>54691</v>
+        <v>68595</v>
       </c>
       <c r="B728" s="9" t="s">
-        <v>847</v>
+        <v>727</v>
       </c>
       <c r="C728" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D728" s="13"/>
       <c r="E728" s="13"/>
       <c r="F728" s="14"/>
     </row>
     <row r="729" spans="1:6">
       <c r="A729" s="8">
-        <v>54699</v>
+        <v>68597</v>
       </c>
       <c r="B729" s="9" t="s">
-        <v>848</v>
+        <v>728</v>
       </c>
       <c r="C729" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D729" s="13"/>
       <c r="E729" s="13"/>
       <c r="F729" s="14"/>
     </row>
     <row r="730" spans="1:6">
       <c r="A730" s="8">
-        <v>54703</v>
+        <v>68599</v>
       </c>
       <c r="B730" s="9" t="s">
-        <v>849</v>
+        <v>729</v>
       </c>
       <c r="C730" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D730" s="13"/>
       <c r="E730" s="13"/>
       <c r="F730" s="14"/>
     </row>
     <row r="731" spans="1:6">
       <c r="A731" s="8">
-        <v>54736</v>
+        <v>68600</v>
       </c>
       <c r="B731" s="9" t="s">
-        <v>850</v>
+        <v>730</v>
       </c>
       <c r="C731" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D731" s="13"/>
       <c r="E731" s="13"/>
       <c r="F731" s="14"/>
     </row>
     <row r="732" spans="1:6">
       <c r="A732" s="8">
-        <v>54740</v>
+        <v>68609</v>
       </c>
       <c r="B732" s="9" t="s">
-        <v>851</v>
+        <v>731</v>
       </c>
       <c r="C732" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D732" s="13"/>
       <c r="E732" s="13"/>
       <c r="F732" s="14"/>
     </row>
     <row r="733" spans="1:6">
       <c r="A733" s="8">
-        <v>54741</v>
+        <v>68616</v>
       </c>
       <c r="B733" s="9" t="s">
-        <v>852</v>
+        <v>732</v>
       </c>
       <c r="C733" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D733" s="13"/>
       <c r="E733" s="13"/>
       <c r="F733" s="14"/>
     </row>
     <row r="734" spans="1:6">
       <c r="A734" s="8">
-        <v>54748</v>
+        <v>68619</v>
       </c>
       <c r="B734" s="9" t="s">
-        <v>853</v>
+        <v>733</v>
       </c>
       <c r="C734" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D734" s="13"/>
       <c r="E734" s="13"/>
       <c r="F734" s="14"/>
     </row>
     <row r="735" spans="1:6">
       <c r="A735" s="8">
-        <v>54757</v>
+        <v>68625</v>
       </c>
       <c r="B735" s="9" t="s">
-        <v>854</v>
+        <v>734</v>
       </c>
       <c r="C735" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D735" s="13"/>
       <c r="E735" s="13"/>
       <c r="F735" s="14"/>
     </row>
     <row r="736" spans="1:6">
       <c r="A736" s="8">
-        <v>54772</v>
+        <v>68627</v>
       </c>
       <c r="B736" s="9" t="s">
-        <v>855</v>
+        <v>735</v>
       </c>
       <c r="C736" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D736" s="13"/>
       <c r="E736" s="13"/>
       <c r="F736" s="14"/>
     </row>
     <row r="737" spans="1:6">
       <c r="A737" s="8">
-        <v>54774</v>
+        <v>68628</v>
       </c>
       <c r="B737" s="9" t="s">
-        <v>856</v>
+        <v>736</v>
       </c>
       <c r="C737" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D737" s="13"/>
       <c r="E737" s="13"/>
       <c r="F737" s="14"/>
     </row>
     <row r="738" spans="1:6">
       <c r="A738" s="8">
-        <v>54775</v>
+        <v>68632</v>
       </c>
       <c r="B738" s="9" t="s">
-        <v>857</v>
+        <v>737</v>
       </c>
       <c r="C738" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D738" s="13"/>
       <c r="E738" s="13"/>
       <c r="F738" s="14"/>
     </row>
     <row r="739" spans="1:6">
       <c r="A739" s="8">
-        <v>54778</v>
+        <v>68638</v>
       </c>
       <c r="B739" s="9" t="s">
-        <v>858</v>
+        <v>738</v>
       </c>
       <c r="C739" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D739" s="13"/>
       <c r="E739" s="13"/>
       <c r="F739" s="14"/>
     </row>
     <row r="740" spans="1:6">
       <c r="A740" s="8">
-        <v>54780</v>
+        <v>68645</v>
       </c>
       <c r="B740" s="9" t="s">
-        <v>859</v>
+        <v>739</v>
       </c>
       <c r="C740" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D740" s="13"/>
       <c r="E740" s="13"/>
       <c r="F740" s="14"/>
     </row>
     <row r="741" spans="1:6">
       <c r="A741" s="8">
-        <v>54823</v>
+        <v>68659</v>
       </c>
       <c r="B741" s="9" t="s">
-        <v>860</v>
+        <v>740</v>
       </c>
       <c r="C741" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D741" s="13"/>
       <c r="E741" s="13"/>
       <c r="F741" s="14"/>
     </row>
     <row r="742" spans="1:6">
       <c r="A742" s="8">
-        <v>54840</v>
+        <v>68669</v>
       </c>
       <c r="B742" s="9" t="s">
-        <v>861</v>
+        <v>741</v>
       </c>
       <c r="C742" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D742" s="13"/>
       <c r="E742" s="13"/>
       <c r="F742" s="14"/>
     </row>
     <row r="743" spans="1:6">
       <c r="A743" s="8">
-        <v>54882</v>
+        <v>68670</v>
       </c>
       <c r="B743" s="9" t="s">
-        <v>862</v>
+        <v>742</v>
       </c>
       <c r="C743" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D743" s="13"/>
       <c r="E743" s="13"/>
       <c r="F743" s="14"/>
     </row>
     <row r="744" spans="1:6">
       <c r="A744" s="8">
-        <v>54884</v>
+        <v>68675</v>
       </c>
       <c r="B744" s="9" t="s">
-        <v>863</v>
+        <v>743</v>
       </c>
       <c r="C744" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D744" s="13"/>
       <c r="E744" s="13"/>
       <c r="F744" s="14"/>
     </row>
     <row r="745" spans="1:6">
       <c r="A745" s="8">
-        <v>54922</v>
+        <v>68680</v>
       </c>
       <c r="B745" s="9" t="s">
-        <v>864</v>
+        <v>744</v>
       </c>
       <c r="C745" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D745" s="13"/>
       <c r="E745" s="13"/>
       <c r="F745" s="14"/>
     </row>
     <row r="746" spans="1:6">
       <c r="A746" s="8">
-        <v>54929</v>
+        <v>68683</v>
       </c>
       <c r="B746" s="9" t="s">
-        <v>865</v>
+        <v>745</v>
       </c>
       <c r="C746" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D746" s="13"/>
       <c r="E746" s="13"/>
       <c r="F746" s="14"/>
     </row>
     <row r="747" spans="1:6">
       <c r="A747" s="8">
-        <v>54980</v>
+        <v>68685</v>
       </c>
       <c r="B747" s="9" t="s">
-        <v>866</v>
+        <v>746</v>
       </c>
       <c r="C747" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D747" s="13"/>
       <c r="E747" s="13"/>
       <c r="F747" s="14"/>
     </row>
     <row r="748" spans="1:6">
       <c r="A748" s="8">
-        <v>54999</v>
+        <v>68686</v>
       </c>
       <c r="B748" s="9" t="s">
-        <v>867</v>
+        <v>747</v>
       </c>
       <c r="C748" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D748" s="13"/>
       <c r="E748" s="13"/>
       <c r="F748" s="14"/>
     </row>
     <row r="749" spans="1:6">
       <c r="A749" s="8">
-        <v>55000</v>
+        <v>68690</v>
       </c>
       <c r="B749" s="9" t="s">
-        <v>868</v>
+        <v>748</v>
       </c>
       <c r="C749" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D749" s="13"/>
       <c r="E749" s="13"/>
       <c r="F749" s="14"/>
     </row>
     <row r="750" spans="1:6">
       <c r="A750" s="8">
-        <v>55001</v>
+        <v>68692</v>
       </c>
       <c r="B750" s="9" t="s">
-        <v>869</v>
+        <v>749</v>
       </c>
       <c r="C750" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D750" s="13"/>
       <c r="E750" s="13"/>
       <c r="F750" s="14"/>
     </row>
     <row r="751" spans="1:6">
       <c r="A751" s="8">
-        <v>55029</v>
+        <v>68698</v>
       </c>
       <c r="B751" s="9" t="s">
-        <v>870</v>
+        <v>750</v>
       </c>
       <c r="C751" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D751" s="13"/>
       <c r="E751" s="13"/>
       <c r="F751" s="14"/>
     </row>
     <row r="752" spans="1:6">
       <c r="A752" s="8">
-        <v>55052</v>
+        <v>68699</v>
       </c>
       <c r="B752" s="9" t="s">
-        <v>871</v>
+        <v>751</v>
       </c>
       <c r="C752" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D752" s="13"/>
       <c r="E752" s="13"/>
       <c r="F752" s="14"/>
     </row>
     <row r="753" spans="1:6">
       <c r="A753" s="8">
-        <v>55174</v>
+        <v>68713</v>
       </c>
       <c r="B753" s="9" t="s">
-        <v>872</v>
+        <v>752</v>
       </c>
       <c r="C753" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D753" s="13"/>
       <c r="E753" s="13"/>
       <c r="F753" s="14"/>
     </row>
     <row r="754" spans="1:6">
       <c r="A754" s="8">
-        <v>55176</v>
+        <v>68718</v>
       </c>
       <c r="B754" s="9" t="s">
-        <v>873</v>
+        <v>753</v>
       </c>
       <c r="C754" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D754" s="13"/>
       <c r="E754" s="13"/>
       <c r="F754" s="14"/>
     </row>
     <row r="755" spans="1:6">
       <c r="A755" s="8">
-        <v>55196</v>
+        <v>68722</v>
       </c>
       <c r="B755" s="9" t="s">
-        <v>874</v>
+        <v>754</v>
       </c>
       <c r="C755" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D755" s="13"/>
       <c r="E755" s="13"/>
       <c r="F755" s="14"/>
     </row>
     <row r="756" spans="1:6">
       <c r="A756" s="8">
-        <v>55199</v>
+        <v>68724</v>
       </c>
       <c r="B756" s="9" t="s">
-        <v>875</v>
+        <v>755</v>
       </c>
       <c r="C756" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D756" s="13"/>
       <c r="E756" s="13"/>
       <c r="F756" s="14"/>
     </row>
     <row r="757" spans="1:6">
       <c r="A757" s="8">
-        <v>55230</v>
+        <v>68728</v>
       </c>
       <c r="B757" s="9" t="s">
-        <v>876</v>
+        <v>756</v>
       </c>
       <c r="C757" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D757" s="13"/>
       <c r="E757" s="13"/>
       <c r="F757" s="14"/>
     </row>
-    <row r="758" spans="1:6">
-[...13746 lines deleted...]
-    </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A29:F1739">
-    <sortCondition ref="A29:A1739"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A29:F757">
+    <sortCondition ref="A29:A757"/>
   </sortState>
   <mergeCells count="31">
-    <mergeCell ref="A1:I1"/>
-[...5 lines deleted...]
-    <mergeCell ref="A4:I4"/>
+    <mergeCell ref="C19:I19"/>
+    <mergeCell ref="C20:I20"/>
+    <mergeCell ref="C21:I21"/>
+    <mergeCell ref="C14:I14"/>
+    <mergeCell ref="C15:I15"/>
+    <mergeCell ref="C16:I16"/>
+    <mergeCell ref="C17:I17"/>
+    <mergeCell ref="A18:I18"/>
     <mergeCell ref="C28:F28"/>
     <mergeCell ref="A23:B23"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="A16:B16"/>
     <mergeCell ref="A17:B17"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="C22:I22"/>
     <mergeCell ref="C23:I23"/>
     <mergeCell ref="A12:I12"/>
     <mergeCell ref="C13:I13"/>
-    <mergeCell ref="C19:I19"/>
-[...6 lines deleted...]
-    <mergeCell ref="A18:I18"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="C9:I9"/>
+    <mergeCell ref="A2:I2"/>
+    <mergeCell ref="A3:I3"/>
+    <mergeCell ref="A4:I4"/>
   </mergeCells>
   <phoneticPr fontId="12" type="noConversion"/>
-  <conditionalFormatting sqref="B109">
+  <conditionalFormatting sqref="B117">
     <cfRule type="timePeriod" dxfId="1" priority="3" timePeriod="tomorrow">
-      <formula>FLOOR(B109,1)=TODAY()+1</formula>
+      <formula>FLOOR(B117,1)=TODAY()+1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B118">
+  <conditionalFormatting sqref="B126">
     <cfRule type="timePeriod" dxfId="0" priority="4" timePeriod="tomorrow">
-      <formula>FLOOR(B118,1)=TODAY()+1</formula>
+      <formula>FLOOR(B126,1)=TODAY()+1</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="10" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K0000FF Classification – Internal</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>